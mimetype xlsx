--- v0 (2025-12-06)
+++ v1 (2026-01-29)
@@ -82,951 +82,844 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">گلوب ولو دنده ای فولادی کلاس 800</w:t>
-[...882 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اتصالات ساکت 90 180 استنلس استیل دنده ای فولادی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">اتصالات استنلس استیل جوشی درزدار مانیسمان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1174,1376 +1067,128 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">مرکز فروش شیرالات کلاس 150 استیل – فولاد</w:t>
-[...778 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اتصالات دنده ای استنلس استیل ، زانو سه راهی گالوانیزه</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">گیت ولو کربن استیل اروپایی</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اتصالات فولادی جوشی ، تبدیل کربن استیل سه راهی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">گیت ولو فولادی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اتصالات گالوانیزه دنده ای ، اتصالات ساکت</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">گلوب ولو کربن استیل چینی</w:t>
-[...362 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو استیل اوریون</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4944,50 +3589,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
+              <w:t xml:space="preserve">اتصالات جوشی ارنه فیتینگ-erne fitting</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
               <w:t xml:space="preserve">زانو 45 درجه ارنه فیتینگ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5100,596 +3771,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اتصالات فشار قوی 3000 استنلس استیل</w:t>
-[...544 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو JC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7571,50 +5696,1896 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">وارد کننده لوله سومیتومو SUMITOMO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو شیرالات دستی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو اب و فاضلاب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو شیرالات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو شیرالات</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو صنایع پتروشیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو صنایع غذایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو صنایع نفت و گاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو فولادی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده اچار ولو دوسر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش اچار ولو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش کوپلینگ اتش نشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی  چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی 1 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی 4 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی 6 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی اروپایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی استنلس استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی اطفا حریق</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی الومینیومی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی دوسر مهره</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی رنجی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کوپلینگ اتش نشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مرکز فروش کوپلینگ اتش نشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش کوپلینگ اتش نشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش کوپلینگ اتش نشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده کوپلینگ اتش نشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده گاز ممبرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده گاز ممبرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده گاز ممبرد  در کولر گازی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده گاز ممبرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش گاز ممبرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده گاز ممبرد  R22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده گاز ممبرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد 134A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد R11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد  R134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد  R134A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد R22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد R410A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد R421A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد R507</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گاز ممبرد R600A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش گاز مبرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده واشر جوینت گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده واشر جوینت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی واشر جوینت سیم دار گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر جوینت فلنج گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر جوینت سیم دار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر جوینت گرافیتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده واشر انگلیسی سوباسل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی واشر انگلیسی سوباسل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر استیل سوباسل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر انگلیسی سوباسل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر صنعتی انگلیسی سوباسل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر گسکت سوباسل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 