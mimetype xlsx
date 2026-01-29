--- v0 (2025-12-06)
+++ v1 (2026-01-29)
@@ -7,256 +7,100 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="پترو تجهیز ایرانیان" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="783" uniqueCount="264">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="780" uniqueCount="263">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">سه راه دنده ای گالوانیزه کلاس 3000</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">گلوب ولو دنده ای فولادی کلاس 800</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">اتصالات ساکت 90 180 استنلس استیل دنده ای فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات استنلس استیل جوشی درزدار مانیسمان</t>
   </si>
   <si>
     <t xml:space="preserve">تبدیل جوشی فولادی گالوانیزه دنده ای سه راهی</t>
   </si>
   <si>
     <t xml:space="preserve">تبدیل جوشی مانیسمان فولادی استنلس استیل کربن استیل</t>
   </si>
   <si>
     <t xml:space="preserve">زانو جوشی مانیسمان رده 80</t>
   </si>
   <si>
     <t xml:space="preserve">زانو جوشی مانیسمان رده 160</t>
   </si>
   <si>
     <t xml:space="preserve">زانو جوشی مانیسمان ،کربن استیل ، سه راه جوشی مانیسمان</t>
   </si>
   <si>
     <t xml:space="preserve">سه راه جوشی مانیسمان کربن استیل زانو جوشی</t>
   </si>
   <si>
-    <t xml:space="preserve">مرکز فروش شیرالات کلاس 150 استیل – فولاد</t>
-[...88 lines deleted...]
-  <si>
     <t xml:space="preserve">اتصالات دنده ای استنلس استیل ، زانو سه راهی گالوانیزه</t>
   </si>
   <si>
-    <t xml:space="preserve">گیت ولو کربن استیل اروپایی</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">اتصالات فولادی جوشی ، تبدیل کربن استیل سه راهی</t>
   </si>
   <si>
-    <t xml:space="preserve">گیت ولو فولادی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">اتصالات گالوانیزه دنده ای ، اتصالات ساکت</t>
   </si>
   <si>
-    <t xml:space="preserve">گلوب ولو کربن استیل چینی</t>
-[...40 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو استیل اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر توپی استیل اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر توپی اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر توپی فولادی اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو استیل اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو فولادی اوریون ORION</t>
@@ -495,131 +339,71 @@
   <si>
     <t xml:space="preserve">شیر دبل پلیت  گودوین استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر دبل پلیت  گودوین کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیر دبل پلیت  گودوین</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر خودکار دبل پلیت  گودوین</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر دبل پلیت  گودوین</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات ارنه فیتینگ</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات استیل ارنه فیتینگ-erne fitting</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات جوشی ارنه فیتینگ</t>
   </si>
   <si>
+    <t xml:space="preserve">اتصالات جوشی ارنه فیتینگ-erne fitting</t>
+  </si>
+  <si>
     <t xml:space="preserve">زانو 45 درجه ارنه فیتینگ</t>
   </si>
   <si>
     <t xml:space="preserve">زانوی ارنه فیتینگ-erne fitting</t>
   </si>
   <si>
     <t xml:space="preserve">زانویی ارنه فیتینگ</t>
   </si>
   <si>
     <t xml:space="preserve">سه راه ارنه فیتینگ</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش اتصالات ارنه فیتینگ-erne fitting</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده اتصالات ارنه فیتینگ-erne fitting</t>
   </si>
   <si>
-    <t xml:space="preserve">اتصالات فشار قوی 3000 استنلس استیل</t>
-[...61 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو JC</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی  JC اسپانیا</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی  JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل jc</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی اکچویتودار JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی دنده ای jc</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی فولادی jc</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی کلاس 150 jc</t>
@@ -799,50 +583,263 @@
     <t xml:space="preserve">عامل فروش لوله سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">لوله اتشخوار سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">لوله استنلس استیل سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">لوله حرارتی برودتی سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">لوله فولادی  سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">لوله فولادی بدون درز سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">لوله کربن استیل  سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش لوله سومیتومو SUMITOMO</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده لوله سومیتومو SUMITOMO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو شیرالات دستی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو اب و فاضلاب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو شیرالات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو شیرالات</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو صنایع پتروشیمی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو صنایع غذایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو صنایع نفت و گاز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو فولادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده اچار ولو دوسر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش اچار ولو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش کوپلینگ اتش نشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی  چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی 1 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی 2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی 4 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی 6 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی اروپایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی استنلس استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی اطفا حریق</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی الومینیومی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی دوسر مهره</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی رنجی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کوپلینگ اتش نشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مرکز فروش کوپلینگ اتش نشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش کوپلینگ اتش نشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش کوپلینگ اتش نشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده کوپلینگ اتش نشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده گاز ممبرد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده گاز ممبرد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده گاز ممبرد  در کولر گازی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده گاز ممبرد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش گاز ممبرد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده گاز ممبرد  R22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده گاز ممبرد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد 134A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد R11</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد  R134</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد  R134A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد R22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد R410A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد R421A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد R507</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گاز ممبرد R600A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش گاز مبرد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده واشر جوینت گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده واشر جوینت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی واشر جوینت سیم دار گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر جوینت فلنج گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر جوینت سیم دار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر جوینت گرافیتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده واشر انگلیسی سوباسل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی واشر انگلیسی سوباسل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر استیل سوباسل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر انگلیسی سوباسل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر صنعتی انگلیسی سوباسل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر گسکت سوباسل</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -3712,61 +3709,50 @@
         <v>4</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>261</v>
       </c>
       <c r="B259" t="s">
         <v>4</v>
       </c>
       <c r="C259" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>262</v>
       </c>
       <c r="B260" t="s">
         <v>4</v>
       </c>
       <c r="C260" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="261">
-[...9 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">