--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -397,707 +397,50 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
-            <w:r>
-[...655 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نمایندگی اخذ تاییدیه اتش نشانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -2310,4106 +1653,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اسپرینکلر تونا TUNA</w:t>
-[...4054 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اخذ تاییدیه اتش نشانی تهران</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7615,1688 +2902,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نصب و راه اندازی تابلو برق اتش نشانی</w:t>
-            </w:r>
-[...1636 lines deleted...]
-              <w:t xml:space="preserve">نقشه  تاییدیه  معماری اطفا حریق</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 