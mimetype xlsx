--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="ایمن ایده ی سناپاد44478597-021" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="957" uniqueCount="321">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="300" uniqueCount="102">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">شرکت رسمی اخذ تاییدیه اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی اخذ تاییدیه اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">سازمان اخذ تاییدیه اتش نشانی</t>
   </si>
   <si>
@@ -171,518 +171,50 @@
   <si>
     <t xml:space="preserve">شرکت اجراکننده سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">شرکت سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">قطعات یدکی سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">لوازم سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده رسمی سیستم اعلام حریق Apollo</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده سیستم اعلام حریق Apollo</t>
   </si>
   <si>
-    <t xml:space="preserve">اسپرینکلر تونا TUNA</t>
-[...466 lines deleted...]
-  <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی جنوب تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی شرق تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی شمال تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی غرب تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه اتش نشانی مرکز تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه نهایی اتش نشانی تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه نهایی اتش نشانی شمال تهران</t>
   </si>
   <si>
     <t xml:space="preserve">اخذ تاییدیه نهایی اتش نشانی</t>
@@ -781,239 +313,50 @@
     <t xml:space="preserve">مجری اتش نشانی منطقه 22</t>
   </si>
   <si>
     <t xml:space="preserve">مشاور سرویس نگهداری  اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصاب بوستر پمپ اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب سیستم اعلام حریق APOLLO</t>
   </si>
   <si>
     <t xml:space="preserve">نصب سیستم اعلام حریق SENS</t>
   </si>
   <si>
     <t xml:space="preserve">نصب سیستم اعلام حریق ZITEX</t>
   </si>
   <si>
     <t xml:space="preserve">نصب کننده بوستر پمپ اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب و راه اندازی پمپ اتش نشانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب و راه اندازی تابلو برق اتش نشانی</t>
-  </si>
-[...187 lines deleted...]
-    <t xml:space="preserve">نقشه  تاییدیه  معماری اطفا حریق</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1652,2927 +995,518 @@
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>58</v>
       </c>
       <c r="B56" t="s">
         <v>4</v>
       </c>
       <c r="C56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>59</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>60</v>
+        <v>3</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B85" t="s">
         <v>4</v>
       </c>
       <c r="C85" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B88" t="s">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B89" t="s">
         <v>4</v>
       </c>
       <c r="C89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B90" t="s">
         <v>4</v>
       </c>
       <c r="C90" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B91" t="s">
         <v>4</v>
       </c>
       <c r="C91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B92" t="s">
         <v>4</v>
       </c>
       <c r="C92" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
-        <v>4</v>
-[...2407 lines deleted...]
-      <c r="C319" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>