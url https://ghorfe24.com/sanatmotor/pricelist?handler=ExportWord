--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -250,50 +250,116 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">انواع الکتروپمپ خطی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -1481,50 +1547,622 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">فروشنده دستگاه آب شیرین کن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کار  گیربکس صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کار ویبره بدنه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده الکتروگیربکس المانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده الکتروگیربکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده پمپ سولزر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده پمپ کفکش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده پمپ لجن کش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده گیربکس کتابی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده موتور گیربکس sew</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده موتور گیربکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده ویبره بدنه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر ویبره بدنه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات الکتروگیربکس sew</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات الکتروگیربکس sew</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات الکتروگیربکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات پمپ سولزر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات پمپ کفکش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات گیربکس حلزونی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات موتور گیربکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار الکتروگیربکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار گیربکس حلزونی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار موتور گیربکس اروپایی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 