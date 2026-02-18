--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="بازرگانی صنعت موتور" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="75">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروپمپ شیمیایی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروپمپ گالوانیزه</t>
   </si>
   <si>
     <t xml:space="preserve">انواع الکتروپمپ خطی</t>
   </si>
   <si>
     <t xml:space="preserve">انواع الکتروپمپ فشارقوی</t>
   </si>
   <si>
@@ -169,50 +169,113 @@
     <t xml:space="preserve">ساید چنل تک پروانه ودو پروانه</t>
   </si>
   <si>
     <t xml:space="preserve">ساید چنل تک فاز و سه فاز</t>
   </si>
   <si>
     <t xml:space="preserve">فروش بلوئر - فروش بلوئر هوا</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش ساید چنل</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور و پمپ با آلیاژ مختلف</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتورهای تکفاز و سه فاز ژن</t>
   </si>
   <si>
     <t xml:space="preserve">فروش الکتروموتور الکو</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده و تامین کننده الکتروموتور زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده دستگاه آب شیرین کن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کار  گیربکس صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کار ویبره بدنه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده الکتروگیربکس المانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده الکتروگیربکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده پمپ سولزر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده پمپ کفکش</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده پمپ لجن کش</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده گیربکس کتابی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده موتور گیربکس sew</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده موتور گیربکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده ویبره بدنه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر ویبره بدنه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات الکتروگیربکس sew</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات الکتروگیربکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات پمپ سولزر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات پمپ کفکش</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات گیربکس حلزونی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات موتور گیربکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرکار الکتروگیربکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرکار گیربکس حلزونی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرکار موتور گیربکس اروپایی</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -783,50 +846,292 @@
         <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>54</v>
+      </c>
+      <c r="B52" t="s">
+        <v>4</v>
+      </c>
+      <c r="C52" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>55</v>
+      </c>
+      <c r="B53" t="s">
+        <v>4</v>
+      </c>
+      <c r="C53" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>56</v>
+      </c>
+      <c r="B54" t="s">
+        <v>4</v>
+      </c>
+      <c r="C54" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>57</v>
+      </c>
+      <c r="B55" t="s">
+        <v>4</v>
+      </c>
+      <c r="C55" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>58</v>
+      </c>
+      <c r="B56" t="s">
+        <v>4</v>
+      </c>
+      <c r="C56" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>59</v>
+      </c>
+      <c r="B57" t="s">
+        <v>4</v>
+      </c>
+      <c r="C57" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>60</v>
+      </c>
+      <c r="B58" t="s">
+        <v>4</v>
+      </c>
+      <c r="C58" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>61</v>
+      </c>
+      <c r="B59" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>62</v>
+      </c>
+      <c r="B60" t="s">
+        <v>4</v>
+      </c>
+      <c r="C60" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>63</v>
+      </c>
+      <c r="B61" t="s">
+        <v>4</v>
+      </c>
+      <c r="C61" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>64</v>
+      </c>
+      <c r="B62" t="s">
+        <v>4</v>
+      </c>
+      <c r="C62" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>65</v>
+      </c>
+      <c r="B63" t="s">
+        <v>4</v>
+      </c>
+      <c r="C63" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>66</v>
+      </c>
+      <c r="B64" t="s">
+        <v>4</v>
+      </c>
+      <c r="C64" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>66</v>
+      </c>
+      <c r="B65" t="s">
+        <v>4</v>
+      </c>
+      <c r="C65" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>67</v>
+      </c>
+      <c r="B66" t="s">
+        <v>4</v>
+      </c>
+      <c r="C66" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" t="s">
+        <v>4</v>
+      </c>
+      <c r="C67" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>69</v>
+      </c>
+      <c r="B68" t="s">
+        <v>4</v>
+      </c>
+      <c r="C68" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>70</v>
+      </c>
+      <c r="B69" t="s">
+        <v>4</v>
+      </c>
+      <c r="C69" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>71</v>
+      </c>
+      <c r="B70" t="s">
+        <v>4</v>
+      </c>
+      <c r="C70" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>72</v>
+      </c>
+      <c r="B71" t="s">
+        <v>4</v>
+      </c>
+      <c r="C71" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>73</v>
+      </c>
+      <c r="B72" t="s">
+        <v>4</v>
+      </c>
+      <c r="C72" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>74</v>
+      </c>
+      <c r="B73" t="s">
+        <v>4</v>
+      </c>
+      <c r="C73" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">