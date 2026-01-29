--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -763,284 +763,128 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی ساکت فولادی ۸۰۰</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر گازی فولادی  A105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی فولادی 2 اینچ</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر گازی فولادی WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی فولادی اروپایی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر گازی فولادی دو تیکه</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی فولادی نیپون</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر گازی فولادی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2844,50 +2688,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر گازی کلاس ۸۰۰ سه تیکه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ایی بدنه چدن داخل استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ایی بدنه چدن داخل تفلون</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه‌ ایی بدنه فولاد داخل استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ایی فلنجدار اروپایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ایی لاگ چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر پروانه ایی ویفری</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 