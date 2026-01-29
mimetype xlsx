--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -69,77 +69,59 @@
   <si>
     <t xml:space="preserve">شیر گازی استیل کیتز 304</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی تمام استیل کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر گازی استیل کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر پروانه ای  صنایع لبنی - غذایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر پروانه ای مواد غذایی 316</t>
   </si>
   <si>
     <t xml:space="preserve">شیر دیافراگمی استنلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی   کلاس ۸۰۰ فولادی دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی 2000 وگ فولادی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی ساکت فولادی ۸۰۰</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر گازی فولادی  A105</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی فولادی 2 اینچ</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر گازی فولادی WCB</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی فولادی اروپایی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر گازی فولادی دو تیکه</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی فولادی نیپون</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر گازی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی  OMB A105N با گوی داخل توپر ۳۱۶L</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس ۸۰۰ سه تیکه A105N ۳۱۶</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس ۸۰۰ سه تیکه فورج OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس ۸۰۰ سه تیکه فورج</t>
   </si>
   <si>
     <t xml:space="preserve">بست ویکتالیک  2 اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">بست ویکتالیک  dn40</t>
   </si>
   <si>
     <t xml:space="preserve">بست ویکتالیک  استلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">بست ویکتالیک  استیل N40</t>
@@ -310,50 +292,68 @@
     <t xml:space="preserve">فروش شیر گازی فولادی  avf</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیر گازی فولادی  avf</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر گازی فولادی  avf</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو آلفا</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو ویفری آلفا</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی ویفری آلفا</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس ۸۰۰  فورج سه تیکه</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس ۸۰۰ آلفا</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس ۸۰۰ سه تیکه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ایی بدنه چدن داخل استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ایی بدنه چدن داخل تفلون</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه‌ ایی بدنه فولاد داخل استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ایی فلنجدار اروپایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ایی لاگ چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده شیر پروانه ایی ویفری</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">