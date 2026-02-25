--- v0 (2025-12-19)
+++ v1 (2026-02-25)
@@ -746,102 +746,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">پروانه موتور بلدوزر D155A1</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">توربو شارژ موتور بلدوزر D155A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -876,76 +824,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">قطعات یدکی موتور بلدوزر D155A1</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">لوازم موتور بلدوزر D155A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2931,50 +2853,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نمایندگی فروش سوزن انژکتور لودر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">سر سیلندر بلدوزر ۱۵۵ کوماتسو آلفا چین 6D155A1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">سر سیلندر بلدوزر دی ۱۵۵ کوماتسو برند آلفا چین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">سر سیلندر بلدوزر دی ۱۵۵ کوماتسو برند آلفا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 