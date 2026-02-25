--- v0 (2025-12-05)
+++ v1 (2026-02-25)
@@ -66,68 +66,59 @@
   <si>
     <t xml:space="preserve">پمپ هیدرولیک کامل بیل مکانیکی کوماتسو</t>
   </si>
   <si>
     <t xml:space="preserve">سر سیلندر بیل مکانیکی کوماتسو</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش قطعات بیل مکانیکی کوماتسو</t>
   </si>
   <si>
     <t xml:space="preserve">قطعات یدکی بیل مکانیکی کوماتسو</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش  لوازم بیل مکانیکی کوماتسو</t>
   </si>
   <si>
     <t xml:space="preserve">واشر کامل موتور بیل مکانیکی کوماتسو</t>
   </si>
   <si>
     <t xml:space="preserve">بوش پیستون رینگ لودر کاترپیلار 966</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی لوازم لودر کاترپیلار 966</t>
   </si>
   <si>
-    <t xml:space="preserve">پروانه موتور بلدوزر D155A1</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">توربو شارژ موتور بلدوزر D155A1</t>
   </si>
   <si>
     <t xml:space="preserve">رادیاتور اب موتور بلدوزر D155A1</t>
   </si>
   <si>
     <t xml:space="preserve">شاتون موتور بلدوزر D155A1</t>
   </si>
   <si>
-    <t xml:space="preserve">قطعات یدکی موتور بلدوزر D155A1</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">لوازم موتور بلدوزر D155A1</t>
   </si>
   <si>
     <t xml:space="preserve">موتور بلدوزر D155A1</t>
   </si>
   <si>
     <t xml:space="preserve">میل لنگ موتور بلدوزر D155A1</t>
   </si>
   <si>
     <t xml:space="preserve">یاتاقان ثابت و متحرک  موتور بلدوزر D155A1</t>
   </si>
   <si>
     <t xml:space="preserve">آب رادیاتور  کاترپیلار</t>
   </si>
   <si>
     <t xml:space="preserve">آب رادیاتور دیزل ژنراتور 205-6612</t>
   </si>
   <si>
     <t xml:space="preserve">آب رادیاتور دیزل ژنراتور کاترپیلار</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش آب رادیاتور کاترپیلار</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی آب رادیاتور دیزل ژنراتور کاترپیلار</t>
@@ -319,50 +310,59 @@
     <t xml:space="preserve">پیستون موتور بلدوزر HDZ42</t>
   </si>
   <si>
     <t xml:space="preserve">استار بیل هپکو‌HEC 370</t>
   </si>
   <si>
     <t xml:space="preserve">بیل هپکو‌HEC 370</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر هیدرولیک و مکش لودر هپکو HWL140</t>
   </si>
   <si>
     <t xml:space="preserve">سوزن انژکتور لودر FHCO4BKSB</t>
   </si>
   <si>
     <t xml:space="preserve">سوزن انژکتور لودر HWL140 هپکو</t>
   </si>
   <si>
     <t xml:space="preserve">سوزن انژکتور لودر HWL140-CFS CHN</t>
   </si>
   <si>
     <t xml:space="preserve">سوزن انژکتور لودر KI2000</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش سوزن انژکتور لودر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سر سیلندر بلدوزر ۱۵۵ کوماتسو آلفا چین 6D155A1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سر سیلندر بلدوزر دی ۱۵۵ کوماتسو برند آلفا چین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سر سیلندر بلدوزر دی ۱۵۵ کوماتسو برند آلفا</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">