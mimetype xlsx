--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:shd w:val="nil" w:color="auto" w:fill="EEEEEE"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">شاینر الکتریک</w:t>
+        <w:t xml:space="preserve">شاینر الکتریک 09125813856</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:space="0"/>
           <w:left w:val="single" w:space="0"/>
           <w:bottom w:val="single" w:space="0"/>
           <w:right w:val="single" w:space="0"/>
           <w:insideH w:val="single" w:space="0"/>
           <w:insideV w:val="single" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2696,76 +2696,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عامل فروش کلید اتوماتیک زیمنس</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کلید اتوماتیک زیمنس 16 آمپر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3268,102 +3242,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نماینده فروش کلید اتوماتیک زیمنس</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فیوز مینیاتوری تک فاز 10 آمپر زیمنس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3398,518 +3320,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کلید مینیاتوری زیمنس 3 پل 63 آمپر</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کلید مینیاتوری زیمنس 3 پل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کلید مینیاتوری زیمنس 5SJ6</w:t>
-[...414 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کلید مینیاتوری زیمنس 50 آمپر سه پل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3970,128 +3450,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی کلید مینیاتوری زیمنس</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کلید اتوماتیک  هوایی زیمنس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4152,180 +3554,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کلید هوایی زیمنس WA</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کلید هوایی زیمنس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی کلید هوایی زیمنس</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بی متال زیمنس 10 امپر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4516,76 +3814,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عامل فروش بی متال زیمنس</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کنتاکتور زیمنس 3RT10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4620,232 +3892,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کنتاکتور زیمنس 3RT203</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کنتاکتور زیمنس 7 آمپر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کنتاکتور زیمنس 9 آمپر</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">کنتاکتور زیمنس 32 آمپر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5036,76 +4152,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کنتاکتور زیمنس 500 آمپر</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">لولا سه تکه قشم ولتاژ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -8780,258 +7870,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">انکودر مطلق سیک ARS60-G4Z0-S02</w:t>
-[...206 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اینکودر اتونیکس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -10444,77 +9326,1195 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
+              <w:t xml:space="preserve">رله کلید هوایی پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
               <w:t xml:space="preserve">عامل فروش محصولات پارس فانال</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">کلید اتوماتیک فیکس 16A پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور  دستی سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور 125 امپر سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بی متال مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کنتاکتور DILM25-10 مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کنتاکتور مولر DILM 9-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مینی کنتاکتور مولر DILER-22-G‎</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور اتوماتیک  سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش کلید چنج اور سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور 160 امپر سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور 400 امپر  سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور 1000 امپر سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور 3200 امپر سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور اتوماتیک  سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور دو طرفه سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید چنج اور 5000 امپر سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی  کلید چنج اور سکومک لاله زار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش  کلید چنج اور سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده  کلید چنج اور سکومک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید اتوماتیک فیکس 300A پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید اتوماتیک فیکس 400A پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید اتوماتیک فیکس 500A پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید اتوماتیک فیکس 630A پارس فانال </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید اتوماتیک کامپکت قابل تنظیم پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید دوطرفه 160A پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی پارس فانال در لاله زار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش کلید اتوماتیک پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی کلید اتوماتیک پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی کنتاکتور پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش کلید اتوماتیک پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش محصولات پارس فانال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر قفلی مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش کنتاکتور مولر المان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت کنتاکتور مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید اتوماتیک نمایندگی  مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کلید حرارتی مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کنتاکتور DILM25-10 مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کنتاکتور مولر DILM 9-10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">کنتاکتور مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مینی کنتاکتور مولر DILER-22-G‎</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی کنتاکتور مولر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش کنتاکتور مولر moeller</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده کنتاکتور مولر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 