--- v0 (2025-12-05)
+++ v1 (2026-02-22)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
-    <sheet name="شاینر الکتریک" sheetId="1" r:id="rId3"/>
+    <sheet name="شاینر الکتریک 09125813856" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1083" uniqueCount="357">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1083" uniqueCount="353">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">تایمر مولتی 8 پایه امرون</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">تایمر مولتی رنج امرون</t>
   </si>
   <si>
     <t xml:space="preserve">رله امرن مدل G2</t>
   </si>
   <si>
     <t xml:space="preserve">رله امرن مدل G4</t>
   </si>
   <si>
@@ -201,53 +201,50 @@
   <si>
     <t xml:space="preserve">سوکت  رله شیشه ای فیندر</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده رله ضربه ای فیندر</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت رله فیندر چینی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش رله فیندر چینی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش رله فیندر</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش رله فیندر</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده رله فیندر چینی</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده رله فیندر</t>
   </si>
   <si>
-    <t xml:space="preserve">عامل فروش کلید اتوماتیک زیمنس</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 16 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 25 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 32 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 40 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 50 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 200 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 400 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 630 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک زیمنس 800 آمپر</t>
@@ -267,257 +264,155 @@
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس 3VA11</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس 3VA12</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس 3VA21</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس 3VA22</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس 3VA23</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس 3VA24</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس سری 3VA1</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک کمپکت زیمنس سری 3VA2</t>
   </si>
   <si>
-    <t xml:space="preserve">نماینده فروش کلید اتوماتیک زیمنس</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">فیوز مینیاتوری تک فاز 10 آمپر زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">فیوز مینیاتوری سه فاز 50 آمپر زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">کلید مینیاتوری زیمنس 1 پل</t>
   </si>
   <si>
-    <t xml:space="preserve">کلید مینیاتوری زیمنس 3 پل 63 آمپر</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">کلید مینیاتوری زیمنس 3 پل</t>
   </si>
   <si>
-    <t xml:space="preserve">کلید مینیاتوری زیمنس 5SJ6</t>
-[...46 lines deleted...]
-  <si>
     <t xml:space="preserve">کلید مینیاتوری زیمنس 50 آمپر سه پل</t>
   </si>
   <si>
     <t xml:space="preserve">کلید مینیاتوری زیمنس 63 آمپر تک پل</t>
   </si>
   <si>
     <t xml:space="preserve">کلید مینیاتوری زیمنس تک پل</t>
   </si>
   <si>
     <t xml:space="preserve">کلید مینیاتوری زیمنس سه پل 32 آمپر</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی کلید مینیاتوری زیمنس</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">کلید اتوماتیک  هوایی زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">کلید هوایی زیمنس 3WA</t>
   </si>
   <si>
     <t xml:space="preserve">کلید هوایی زیمنس 3WL</t>
   </si>
   <si>
     <t xml:space="preserve">کلید هوایی زیمنس 3WT</t>
   </si>
   <si>
-    <t xml:space="preserve">کلید هوایی زیمنس WA</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">کلید هوایی زیمنس</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی کلید هوایی زیمنس</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">بی متال زیمنس 10 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 30 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 40 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 50 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 60 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 70 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 80 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 90 امپر</t>
   </si>
   <si>
     <t xml:space="preserve">بی متال زیمنس 100 امپر</t>
   </si>
   <si>
-    <t xml:space="preserve">عامل فروش بی متال زیمنس</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">کنتاکتور زیمنس 3RT10</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 3RT201</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 3RT202</t>
   </si>
   <si>
-    <t xml:space="preserve">کنتاکتور زیمنس 3RT203</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">کنتاکتور زیمنس 7 آمپر</t>
   </si>
   <si>
-    <t xml:space="preserve">کنتاکتور زیمنس 9 آمپر</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">کنتاکتور زیمنس 32 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 50 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 80 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 110 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 150 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 185 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 225 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 300 آمپر</t>
   </si>
   <si>
     <t xml:space="preserve">کنتاکتور زیمنس 400 آمپر</t>
   </si>
   <si>
-    <t xml:space="preserve">کنتاکتور زیمنس 500 آمپر</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">لولا سه تکه قشم ولتاژ</t>
   </si>
   <si>
     <t xml:space="preserve">لولا سیواکن قشم ولتاژ</t>
   </si>
   <si>
     <t xml:space="preserve">لولا مخفی طرح ریتال بوشی قشم ولتاژ</t>
   </si>
   <si>
     <t xml:space="preserve">لولا مخفی طرح ریتال زبانه دار قشم ولتاژ</t>
   </si>
   <si>
     <t xml:space="preserve">انکودر ای اف ام ifm</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتر دما ای اف ام ifm</t>
   </si>
   <si>
     <t xml:space="preserve">تقویت کننده فیبر نوری ای اف ام ifm</t>
   </si>
   <si>
     <t xml:space="preserve">خرید سنسور ای اف ام ifm</t>
   </si>
   <si>
     <t xml:space="preserve">دبی سنج مغناطیسی ای اف ام ifm</t>
@@ -882,74 +777,50 @@
   <si>
     <t xml:space="preserve">کلیداتوماتیک قابل تنظیم 125A هیمل مدل HDM3E-125M</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک غیر قابل تنظیم 630A هیمل مدل HDM3- 630F-33XX</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک غیر قابل تنظیم 400A هیمل مدل HDM3-400F-33XX</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک غیر قابل تنظیم 250A هیمل مدل HDM3-250S-33XX</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک غیر قابل تنظیم 100A هیمل مدل HDM3- 100F-33XX</t>
   </si>
   <si>
     <t xml:space="preserve">AFS60A-S4PA262144 - انکودر مطلق SICK</t>
   </si>
   <si>
     <t xml:space="preserve">SICK سنسور فاصله با DT20-P130B2535</t>
   </si>
   <si>
     <t xml:space="preserve">انکودر پروفی نت AFM60A-S4NB018X12</t>
   </si>
   <si>
-    <t xml:space="preserve">انکودر مطلق سیک ARS60-G4Z0-S02</t>
-[...22 lines deleted...]
-  <si>
     <t xml:space="preserve">اینکودر اتونیکس</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات TC4S آتونیکس</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس MT4Y</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس TC</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس TC3YF</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس TCN4H-24R</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس TK4N</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس TK4W</t>
   </si>
   <si>
     <t xml:space="preserve">ترموستات اتونیکس TZN4M</t>
@@ -1074,54 +945,171 @@
   <si>
     <t xml:space="preserve">سنسور لیزری اینه ای زیک SICK</t>
   </si>
   <si>
     <t xml:space="preserve">سنسور نوری زیک SICK</t>
   </si>
   <si>
     <t xml:space="preserve">سنسور نوری اینه ای زیک SICK</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت SICK سنسور لیبل نوری</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی SICK سنسور لیبل نوری</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی انکودر SICK</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش محصولات سنسور زیک SICK</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده سنسور  زیک (Sick)</t>
   </si>
   <si>
+    <t xml:space="preserve">رله کلید هوایی پارس فانال</t>
+  </si>
+  <si>
     <t xml:space="preserve">عامل فروش محصولات پارس فانال</t>
   </si>
   <si>
     <t xml:space="preserve">کلید اتوماتیک فیکس 16A پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور  دستی سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور 125 امپر سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بی متال مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کنتاکتور DILM25-10 مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کنتاکتور مولر DILM 9-10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مینی کنتاکتور مولر DILER-22-G‎</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور اتوماتیک  سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش کلید چنج اور سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور 160 امپر سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور 400 امپر  سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور 1000 امپر سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور 3200 امپر سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور دو طرفه سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید چنج اور 5000 امپر سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی  کلید چنج اور سکومک لاله زار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش  کلید چنج اور سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده  کلید چنج اور سکومک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید اتوماتیک فیکس 300A پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید اتوماتیک فیکس 400A پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید اتوماتیک فیکس 500A پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید اتوماتیک فیکس 630A پارس فانال </t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید اتوماتیک کامپکت قابل تنظیم پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید دوطرفه 160A پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی پارس فانال در لاله زار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش کلید اتوماتیک پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی کلید اتوماتیک پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی کنتاکتور پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش کلید اتوماتیک پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش محصولات پارس فانال</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر قفلی مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش کنتاکتور مولر المان</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت کنتاکتور مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید اتوماتیک نمایندگی  مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کلید حرارتی مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">کنتاکتور مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی کنتاکتور مولر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش کنتاکتور مولر moeller</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده کنتاکتور مولر</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -2937,689 +2925,689 @@
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>165</v>
       </c>
       <c r="B163" t="s">
         <v>4</v>
       </c>
       <c r="C163" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>166</v>
       </c>
       <c r="B164" t="s">
         <v>4</v>
       </c>
       <c r="C164" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>167</v>
+        <v>3</v>
       </c>
       <c r="B165" t="s">
         <v>4</v>
       </c>
       <c r="C165" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>168</v>
+        <v>5</v>
       </c>
       <c r="B166" t="s">
         <v>4</v>
       </c>
       <c r="C166" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B167" t="s">
         <v>4</v>
       </c>
       <c r="C167" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>170</v>
+        <v>15</v>
       </c>
       <c r="B168" t="s">
         <v>4</v>
       </c>
       <c r="C168" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B169" t="s">
         <v>4</v>
       </c>
       <c r="C169" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>4</v>
       </c>
       <c r="C170" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B171" t="s">
         <v>4</v>
       </c>
       <c r="C171" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>174</v>
+        <v>16</v>
       </c>
       <c r="B172" t="s">
         <v>4</v>
       </c>
       <c r="C172" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B173" t="s">
         <v>4</v>
       </c>
       <c r="C173" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>176</v>
+        <v>17</v>
       </c>
       <c r="B174" t="s">
         <v>4</v>
       </c>
       <c r="C174" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B175" t="s">
         <v>4</v>
       </c>
       <c r="C175" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="B176" t="s">
         <v>4</v>
       </c>
       <c r="C176" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="B177" t="s">
         <v>4</v>
       </c>
       <c r="C177" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>180</v>
+        <v>49</v>
       </c>
       <c r="B178" t="s">
         <v>4</v>
       </c>
       <c r="C178" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B179" t="s">
         <v>4</v>
       </c>
       <c r="C179" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B180" t="s">
         <v>4</v>
       </c>
       <c r="C180" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>183</v>
+        <v>177</v>
       </c>
       <c r="B181" t="s">
         <v>4</v>
       </c>
       <c r="C181" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>184</v>
+        <v>178</v>
       </c>
       <c r="B182" t="s">
         <v>4</v>
       </c>
       <c r="C182" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="B183" t="s">
         <v>4</v>
       </c>
       <c r="C183" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="B184" t="s">
         <v>4</v>
       </c>
       <c r="C184" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>187</v>
+        <v>181</v>
       </c>
       <c r="B185" t="s">
         <v>4</v>
       </c>
       <c r="C185" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>188</v>
+        <v>182</v>
       </c>
       <c r="B186" t="s">
         <v>4</v>
       </c>
       <c r="C186" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>189</v>
+        <v>183</v>
       </c>
       <c r="B187" t="s">
         <v>4</v>
       </c>
       <c r="C187" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>190</v>
+        <v>57</v>
       </c>
       <c r="B188" t="s">
         <v>4</v>
       </c>
       <c r="C188" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B189" t="s">
         <v>4</v>
       </c>
       <c r="C189" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
       <c r="B190" t="s">
         <v>4</v>
       </c>
       <c r="C190" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B191" t="s">
         <v>4</v>
       </c>
       <c r="C191" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>194</v>
+        <v>187</v>
       </c>
       <c r="B192" t="s">
         <v>4</v>
       </c>
       <c r="C192" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B193" t="s">
         <v>4</v>
       </c>
       <c r="C193" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="B194" t="s">
         <v>4</v>
       </c>
       <c r="C194" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B195" t="s">
         <v>4</v>
       </c>
       <c r="C195" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="B196" t="s">
         <v>4</v>
       </c>
       <c r="C196" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
       <c r="B197" t="s">
         <v>4</v>
       </c>
       <c r="C197" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>200</v>
+        <v>193</v>
       </c>
       <c r="B198" t="s">
         <v>4</v>
       </c>
       <c r="C198" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>201</v>
+        <v>194</v>
       </c>
       <c r="B199" t="s">
         <v>4</v>
       </c>
       <c r="C199" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>3</v>
+        <v>195</v>
       </c>
       <c r="B200" t="s">
         <v>4</v>
       </c>
       <c r="C200" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>5</v>
+        <v>196</v>
       </c>
       <c r="B201" t="s">
         <v>4</v>
       </c>
       <c r="C201" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B202" t="s">
         <v>4</v>
       </c>
       <c r="C202" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>15</v>
+        <v>198</v>
       </c>
       <c r="B203" t="s">
         <v>4</v>
       </c>
       <c r="C203" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>203</v>
+        <v>199</v>
       </c>
       <c r="B204" t="s">
         <v>4</v>
       </c>
       <c r="C204" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B205" t="s">
         <v>4</v>
       </c>
       <c r="C205" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="B206" t="s">
         <v>4</v>
       </c>
       <c r="C206" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>16</v>
+        <v>202</v>
       </c>
       <c r="B207" t="s">
         <v>4</v>
       </c>
       <c r="C207" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="B208" t="s">
         <v>4</v>
       </c>
       <c r="C208" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>17</v>
+        <v>204</v>
       </c>
       <c r="B209" t="s">
         <v>4</v>
       </c>
       <c r="C209" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B210" t="s">
         <v>4</v>
       </c>
       <c r="C210" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B211" t="s">
         <v>4</v>
       </c>
       <c r="C211" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B212" t="s">
         <v>4</v>
       </c>
       <c r="C212" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>49</v>
+        <v>208</v>
       </c>
       <c r="B213" t="s">
         <v>4</v>
       </c>
       <c r="C213" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="B214" t="s">
         <v>4</v>
       </c>
       <c r="C214" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B215" t="s">
         <v>4</v>
       </c>
       <c r="C215" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="B216" t="s">
         <v>4</v>
       </c>
       <c r="C216" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B217" t="s">
         <v>4</v>
       </c>
       <c r="C217" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="B218" t="s">
         <v>4</v>
       </c>
       <c r="C218" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B219" t="s">
         <v>4</v>
       </c>
       <c r="C219" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="B220" t="s">
         <v>4</v>
       </c>
       <c r="C220" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="B221" t="s">
         <v>4</v>
       </c>
       <c r="C221" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B222" t="s">
         <v>4</v>
       </c>
       <c r="C222" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="B223" t="s">
         <v>4</v>
       </c>
       <c r="C223" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>219</v>
       </c>
       <c r="B224" t="s">
         <v>4</v>
       </c>
       <c r="C224" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>220</v>
       </c>
       <c r="B225" t="s">
         <v>4</v>
@@ -4774,370 +4762,370 @@
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>325</v>
       </c>
       <c r="B330" t="s">
         <v>4</v>
       </c>
       <c r="C330" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>326</v>
       </c>
       <c r="B331" t="s">
         <v>4</v>
       </c>
       <c r="C331" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B332" t="s">
         <v>4</v>
       </c>
       <c r="C332" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="B333" t="s">
         <v>4</v>
       </c>
       <c r="C333" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>329</v>
+        <v>328</v>
       </c>
       <c r="B334" t="s">
         <v>4</v>
       </c>
       <c r="C334" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
-        <v>330</v>
+        <v>329</v>
       </c>
       <c r="B335" t="s">
         <v>4</v>
       </c>
       <c r="C335" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
-        <v>331</v>
+        <v>330</v>
       </c>
       <c r="B336" t="s">
         <v>4</v>
       </c>
       <c r="C336" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
-        <v>332</v>
+        <v>331</v>
       </c>
       <c r="B337" t="s">
         <v>4</v>
       </c>
       <c r="C337" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
-        <v>333</v>
+        <v>332</v>
       </c>
       <c r="B338" t="s">
         <v>4</v>
       </c>
       <c r="C338" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B339" t="s">
         <v>4</v>
       </c>
       <c r="C339" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="B340" t="s">
         <v>4</v>
       </c>
       <c r="C340" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
-        <v>336</v>
+        <v>335</v>
       </c>
       <c r="B341" t="s">
         <v>4</v>
       </c>
       <c r="C341" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
-        <v>337</v>
+        <v>336</v>
       </c>
       <c r="B342" t="s">
         <v>4</v>
       </c>
       <c r="C342" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>338</v>
+        <v>337</v>
       </c>
       <c r="B343" t="s">
         <v>4</v>
       </c>
       <c r="C343" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B344" t="s">
         <v>4</v>
       </c>
       <c r="C344" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
-        <v>340</v>
+        <v>339</v>
       </c>
       <c r="B345" t="s">
         <v>4</v>
       </c>
       <c r="C345" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="B346" t="s">
         <v>4</v>
       </c>
       <c r="C346" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
-        <v>342</v>
+        <v>341</v>
       </c>
       <c r="B347" t="s">
         <v>4</v>
       </c>
       <c r="C347" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
-        <v>343</v>
+        <v>342</v>
       </c>
       <c r="B348" t="s">
         <v>4</v>
       </c>
       <c r="C348" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
-        <v>344</v>
+        <v>343</v>
       </c>
       <c r="B349" t="s">
         <v>4</v>
       </c>
       <c r="C349" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B350" t="s">
         <v>4</v>
       </c>
       <c r="C350" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
-        <v>346</v>
+        <v>345</v>
       </c>
       <c r="B351" t="s">
         <v>4</v>
       </c>
       <c r="C351" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
-        <v>347</v>
+        <v>346</v>
       </c>
       <c r="B352" t="s">
         <v>4</v>
       </c>
       <c r="C352" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B353" t="s">
         <v>4</v>
       </c>
       <c r="C353" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
-        <v>349</v>
+        <v>348</v>
       </c>
       <c r="B354" t="s">
         <v>4</v>
       </c>
       <c r="C354" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
-        <v>350</v>
+        <v>318</v>
       </c>
       <c r="B355" t="s">
         <v>4</v>
       </c>
       <c r="C355" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
-        <v>351</v>
+        <v>319</v>
       </c>
       <c r="B356" t="s">
         <v>4</v>
       </c>
       <c r="C356" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="B357" t="s">
         <v>4</v>
       </c>
       <c r="C357" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
-        <v>353</v>
+        <v>320</v>
       </c>
       <c r="B358" t="s">
         <v>4</v>
       </c>
       <c r="C358" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="B359" t="s">
         <v>4</v>
       </c>
       <c r="C359" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B360" t="s">
         <v>4</v>
       </c>
       <c r="C360" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="B361" t="s">
         <v>4</v>
       </c>
       <c r="C361" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>