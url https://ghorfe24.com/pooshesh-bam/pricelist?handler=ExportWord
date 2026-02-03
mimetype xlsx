--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:shd w:val="nil" w:color="auto" w:fill="EEEEEE"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">پوشش بام 09121461469</w:t>
+        <w:t xml:space="preserve">بازرگانی اسپیناس پوشش 09122856726</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:space="0"/>
           <w:left w:val="single" w:space="0"/>
           <w:bottom w:val="single" w:space="0"/>
           <w:right w:val="single" w:space="0"/>
           <w:insideH w:val="single" w:space="0"/>
           <w:insideV w:val="single" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -757,50 +757,164 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">اجرای شیروانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -817,102 +931,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نصب پوشش سوله </w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اجرای پوشش شیروانی- اجرای شیروانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1051,51 +1113,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">مجری پوشش سوله </w:t>
+              <w:t xml:space="preserve">مجری پوشش سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1103,76 +1165,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نصب سقف سوله</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تعمیرات پوشش سقف سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1207,128 +1243,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نصب کننده پوشش الاچیق</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اجرای پوشش سقف سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">قیمت پوشش الاچیق</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اجرای پی تا کلید سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1415,77 +1399,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">مجری شیروانی </w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">اجرای پوشش الاچیق</w:t>
+              <w:t xml:space="preserve">مجری شیروانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1493,76 +1451,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تعمیر کننده الاچیق</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اجرای پوشش سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1571,76 +1503,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اجرای سردری-طراحی سردری</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">اجرا کننده سقف شیروانی-تعمیرات سقف شیروانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1649,51 +1555,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نصاب شیروانی </w:t>
+              <w:t xml:space="preserve">نصاب شیروانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1779,76 +1685,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اجراکننده سقف الاچیق</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">قیمت ساخت سقف سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1857,51 +1737,2625 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اجرای پوشش سقف </w:t>
+              <w:t xml:space="preserve">نصب پوشش سقف سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ساخت و نصب سوله از پی تا کلید</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده پوشش سقف شیبدار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب کننده سقف سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده سردری ویلا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای شیروانی - مهندس اجرای شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای شیروانی -اجرای پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سوله -نصاب پوشش سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سوله-اجراکننده پوشش سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای اردواز در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای اردواز در جنوب تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای اردواز در شمال تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای اردواز در مرکز تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای آردواز طرح سفال رنگی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش آردواز آلاچیق</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش آردواز پیشانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش آردواز سردر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف آردوازرنگی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف اردواز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده پوشش اردواز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت اجرای پوشش اردواز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مجری پوشش اردواز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده پوشش خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده خرپا با ورق گالوانیزه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده خرپا در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده خرپا نردبانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا  شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا پل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا تک شیب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا دوشیب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا سطوح فلزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپا فلزی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپای چتری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپای دستک‌دار یا عصایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپای سقف شیبدار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپای سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپای سقف مسکونی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای خرپای هاو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش خرپا شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات پوشش خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات سقف خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرپای پرات ( Pratt Truss)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرپای تک تیرک یا شاه تیر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ساخت خرپا با ورق گالوانیزه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ساخت خرپا با ورق</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">سازنده خرپا با ورق گالوانیزه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصاب خرپا در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصاب خرپا سقف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصاب خرپا شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصاب خرپا ویلایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصاب خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب کننده خرپا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرا کننده عایق پوشش سقف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرا کننده ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده سقف شیروانی در شمال تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف پارکینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف تراس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف حیاط خلوت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف شیروانی در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف شیروانی در غرب تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف گاوداری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف مرغداری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف مسکونی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف با ورق گالوانیزه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف با ورق</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف شیروانی در جنوب تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف های سنگریزه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای عایق بندی سقف سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای نصب تایل طرح شینگل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای نصب تایل سنگریزه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف انباری درتهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف با ورق گالوانیزه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف سوله باعایق پشم شیشه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف سوله در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف شیبدار با عایق پشم سنگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف شیروانی شمال تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف کارخانجات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف گالوانیزه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقفهای کارگاهی در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقفهای کارگاهی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقفهای ویلایی در تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش عایق بندی سقف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر کننده پوشش ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات پوشش ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">طراحی پوشش ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مجری پوشش ورق شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای شیروانی سقف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای دیواره سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1909,129 +4363,727 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نصب پوشش سقف سوله</w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">نصب کننده سقف سوله</w:t>
+              <w:t xml:space="preserve">تعمیرات سقف سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار سقف سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مجری سقف پانل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت اجرای پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مجری پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکننده پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصاب پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب کننده پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مجری پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکننده پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرات پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار پوشش سقف شیروانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2039,2729 +5091,623 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اجراکننده سردری ویلا</w:t>
-[...2677 lines deleted...]
-              <w:t xml:space="preserve">اجرای دیواره سوله</w:t>
+              <w:t xml:space="preserve">نصاب پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب کننده پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجرای پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مجری پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">اجراکننده پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیر پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تعمیرکار پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شرکت پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شرکت پوشش سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نصب کننده پوشش شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش شیروانی شمال تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش شیروانی جنوب تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش شیروانی غرب تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش شیروانی شرق تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سقف سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">سقف پوشش سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پوشش سوله ایرانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت پوشش سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت اجرای پوشش سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4769,1428 +5715,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تعمیرات سقف سوله</w:t>
-[...1168 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">پوشش سقف سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">پوشش سوله</w:t>
-[...180 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">مجری پوشش سوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -6382,50 +5976,1558 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">اجراکننده پوشش سوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بورس فروش پیچ  شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بورس فروش پیچ شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده پیچ سرمته ای شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده پیچ شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ سرمته شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی  3 سانت سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 2 سانت سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 4 سانتی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 5 سانتی  سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 6سانتی  سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 7 سانتی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 8 سانت سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 9 سانت سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 10 سانت سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 12 سانت سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کنند پیچ سرمته</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ سرمته شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ سقف شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مرکز فروش پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی پیچ شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی پیچ شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده پیچ  شیروانی سرمته ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده پیچ شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بورس فروش پیچ  شیروانی  تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بورس فروش پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده پیچ تایوانی  شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ سرمته شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی  3 سانت تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 2 سانت تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 4 سانتی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 5 سانتی  تایوانیی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 6سانتی  تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 7 سانتی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 8 سانت تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 9 سانت تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 10 سانت تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی 12 سانت تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ سرمته تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ تایوانی شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ سقف شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ شیروانی تایوان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مرکز فروش پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی پیچ تایوانی شیروانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی پیچ شیروانی تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده پیچ  شیروانی سرمته ای تایوانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده پیچ شیروانی تایوانی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 