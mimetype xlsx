--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,523 +1,466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
-    <sheet name="پوشش بام 09121461469" sheetId="1" r:id="rId3"/>
+    <sheet name="بازرگانی اسپیناس پوشش 091228567" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="660" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="774" uniqueCount="236">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده سقف شیروانی-تعمیرات سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">نصاب پوشش سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">اجرای شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیر کننده سقف شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">نصب پوشش سوله </t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">اجرای پوشش شیروانی- اجرای شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت اجرای سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیرات سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">نصب کننده پوشش سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده پوشش سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده پوشش سقف شیروانی – اجرای شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">مجری پوشش سوله </t>
+    <t xml:space="preserve">مجری پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیر کننده پوشش سقف سوله</t>
   </si>
   <si>
-    <t xml:space="preserve">نصب سقف سوله</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تعمیرات پوشش سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیرات سقف شیروانی – اجرای سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">نصب کننده پوشش الاچیق</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">اجرای پوشش سقف سوله</t>
   </si>
   <si>
-    <t xml:space="preserve">قیمت پوشش الاچیق</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">اجرای پی تا کلید سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیرات سقف شیروانی ویلایی</t>
   </si>
   <si>
     <t xml:space="preserve">نصاب پوشش سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیر کننده پوشش سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش سقف سوله-اجرای پوشش سقف سوله</t>
   </si>
   <si>
-    <t xml:space="preserve">مجری شیروانی </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">اجرای پوشش الاچیق</t>
+    <t xml:space="preserve">مجری شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">مجری پوشش سقف شیروانی –پوشش سقف شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">تعمیر کننده الاچیق</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">اجرای پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">مجری پوشش سقف سوله</t>
   </si>
   <si>
-    <t xml:space="preserve">اجرای سردری-طراحی سردری</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">اجرا کننده سقف شیروانی-تعمیرات سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب پوشش شیروانی –نصب شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">نصاب شیروانی </t>
+    <t xml:space="preserve">نصاب شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده پوشش سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب کننده پوشش سقف شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">اجراکننده سقف الاچیق</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">قیمت ساخت سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده سقف شیروانی-پوشش سقف شیروانی</t>
   </si>
   <si>
-    <t xml:space="preserve">اجرای پوشش سقف </t>
+    <t xml:space="preserve">نصب پوشش سقف سوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ساخت و نصب سوله از پی تا کلید</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده پوشش سقف شیبدار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصب کننده سقف سوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصب پوشش سقف شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده سردری ویلا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای سقف شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای شیروانی - مهندس اجرای شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای شیروانی -اجرای پوشش شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سوله -نصاب پوشش سوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سوله-اجراکننده پوشش سوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای اردواز در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای اردواز در جنوب تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای اردواز در شمال تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای اردواز در مرکز تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای آردواز طرح سفال رنگی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش آردواز آلاچیق</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش آردواز پیشانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش آردواز سردر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف آردوازرنگی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف اردواز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده پوشش اردواز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت اجرای پوشش اردواز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مجری پوشش اردواز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده پوشش خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده خرپا با ورق گالوانیزه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده خرپا در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده خرپا نردبانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا  شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا پل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا تک شیب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا دوشیب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا سطوح فلزی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا سقف شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپا فلزی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپای چتری</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپای دستک‌دار یا عصایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپای سقف شیبدار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپای سقف شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپای سقف مسکونی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای خرپای هاو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش خرپا شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات پوشش خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات سقف خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرپای پرات ( Pratt Truss)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرپای تک تیرک یا شاه تیر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ساخت خرپا با ورق گالوانیزه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ساخت خرپا با ورق</t>
+  </si>
+  <si>
+    <t xml:space="preserve">سازنده خرپا با ورق گالوانیزه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصاب خرپا در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصاب خرپا سقف</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصاب خرپا شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصاب خرپا ویلایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصاب خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نصب کننده خرپا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرا کننده عایق پوشش سقف</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرا کننده ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجراکننده سقف شیروانی در شمال تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف پارکینگ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف تراس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف حیاط خلوت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف شیروانی در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف شیروانی در غرب تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف گاوداری</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف مرغداری</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش سقف مسکونی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای پوشش ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای سقف با ورق گالوانیزه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای سقف با ورق</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای سقف شیروانی در جنوب تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای سقف های سنگریزه ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای عایق بندی سقف سوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای نصب تایل طرح شینگل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای نصب تایل سنگریزه ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف انباری درتهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف با ورق گالوانیزه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف سوله باعایق پشم شیشه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف سوله در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف شیبدار با عایق پشم سنگ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف شیروانی شمال تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف کارخانجات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقف گالوانیزه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقفهای کارگاهی در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقفهای کارگاهی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش سقفهای ویلایی در تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پوشش عایق بندی سقف</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیر کننده پوشش ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرات پوشش ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">طراحی پوشش ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مجری پوشش ورق شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای شیروانی سقف</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تعمیرکار سقف شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">اجرای دیواره سوله</t>
   </si>
   <si>
     <t xml:space="preserve">اجرای سقف سوله</t>
   </si>
   <si>
-    <t xml:space="preserve">نصب پوشش سقف سوله</t>
-[...319 lines deleted...]
-  <si>
     <t xml:space="preserve">تعمیرکار سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیرکار سوله</t>
   </si>
   <si>
     <t xml:space="preserve">مجری سقف پانل</t>
   </si>
   <si>
     <t xml:space="preserve">سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت پوشش شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت اجرای پوشش شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش سقف شیروانی</t>
   </si>
   <si>
     <t xml:space="preserve">مجری پوشش شیروانی</t>
@@ -579,72 +522,243 @@
   <si>
     <t xml:space="preserve">پوشش شیروانی غرب تهران</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش شیروانی شرق تهران</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش سقف سوله</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">سقف پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">پوشش سوله ایرانی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت اجرای پوشش سوله</t>
   </si>
   <si>
-    <t xml:space="preserve">مجری پوشش سوله</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تعمیرکار پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیرکننده پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">تعمیرات پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">نصب پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">نصاب پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">نصب کننده پوشش سوله</t>
   </si>
   <si>
     <t xml:space="preserve">اجراکننده پوشش سوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بورس فروش پیچ  شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بورس فروش پیچ شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده پیچ سرمته ای شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده پیچ شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ سرمته شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی  3 سانت سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 2 سانت سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 4 سانتی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 5 سانتی  سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 6سانتی  سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 7 سانتی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 8 سانت سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 9 سانت سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 10 سانت سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 12 سانت سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کنند پیچ سرمته</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ سرمته شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ سقف شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مرکز فروش پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی پیچ شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی پیچ شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده پیچ  شیروانی سرمته ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده پیچ شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بورس فروش پیچ  شیروانی  تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بورس فروش پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده پیچ تایوانی  شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ سرمته شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی  3 سانت تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 2 سانت تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 4 سانتی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 5 سانتی  تایوانیی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 6سانتی  تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 7 سانتی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 8 سانت تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 9 سانت تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 10 سانت تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی 12 سانت تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ سرمته تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ تایوانی شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ سقف شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ شیروانی تایوان</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مرکز فروش پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی پیچ تایوانی شیروانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی پیچ شیروانی تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده پیچ  شیروانی سرمته ای تایوانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده پیچ شیروانی تایوانی</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1008,150 +1122,150 @@
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>33</v>
       </c>
       <c r="B31" t="s">
         <v>4</v>
       </c>
       <c r="C31" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
       </c>
       <c r="C32" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>35</v>
+        <v>5</v>
       </c>
       <c r="B33" t="s">
         <v>4</v>
       </c>
       <c r="C33" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B36" t="s">
         <v>4</v>
       </c>
       <c r="C36" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B37" t="s">
         <v>4</v>
       </c>
       <c r="C37" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B38" t="s">
         <v>4</v>
       </c>
       <c r="C38" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B39" t="s">
         <v>4</v>
       </c>
       <c r="C39" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="B41" t="s">
         <v>4</v>
       </c>
       <c r="C41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>43</v>
       </c>
       <c r="B43" t="s">
         <v>4</v>
       </c>
       <c r="C43" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>44</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
@@ -2108,1013 +2222,1431 @@
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>131</v>
       </c>
       <c r="B131" t="s">
         <v>4</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>132</v>
       </c>
       <c r="B132" t="s">
         <v>4</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>133</v>
+        <v>43</v>
       </c>
       <c r="B133" t="s">
         <v>4</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B134" t="s">
         <v>4</v>
       </c>
       <c r="C134" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>135</v>
+        <v>19</v>
       </c>
       <c r="B135" t="s">
         <v>4</v>
       </c>
       <c r="C135" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B136" t="s">
         <v>4</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B137" t="s">
         <v>4</v>
       </c>
       <c r="C137" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>138</v>
+        <v>11</v>
       </c>
       <c r="B138" t="s">
         <v>4</v>
       </c>
       <c r="C138" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B139" t="s">
         <v>4</v>
       </c>
       <c r="C139" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B140" t="s">
         <v>4</v>
       </c>
       <c r="C140" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B141" t="s">
         <v>4</v>
       </c>
       <c r="C141" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B142" t="s">
         <v>4</v>
       </c>
       <c r="C142" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B143" t="s">
         <v>4</v>
       </c>
       <c r="C143" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B144" t="s">
         <v>4</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B145" t="s">
         <v>4</v>
       </c>
       <c r="C145" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>146</v>
+        <v>43</v>
       </c>
       <c r="B146" t="s">
         <v>4</v>
       </c>
       <c r="C146" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B147" t="s">
         <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B148" t="s">
         <v>4</v>
       </c>
       <c r="C148" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B149" t="s">
         <v>4</v>
       </c>
       <c r="C149" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B150" t="s">
         <v>4</v>
       </c>
       <c r="C150" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B151" t="s">
         <v>4</v>
       </c>
       <c r="C151" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B152" t="s">
         <v>4</v>
       </c>
       <c r="C152" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>55</v>
+        <v>145</v>
       </c>
       <c r="B153" t="s">
         <v>4</v>
       </c>
       <c r="C153" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B154" t="s">
         <v>4</v>
       </c>
       <c r="C154" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>22</v>
+        <v>150</v>
       </c>
       <c r="B155" t="s">
         <v>4</v>
       </c>
       <c r="C155" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B156" t="s">
         <v>4</v>
       </c>
       <c r="C156" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>47</v>
+        <v>152</v>
       </c>
       <c r="B157" t="s">
         <v>4</v>
       </c>
       <c r="C157" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>13</v>
+        <v>143</v>
       </c>
       <c r="B158" t="s">
         <v>4</v>
       </c>
       <c r="C158" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B159" t="s">
         <v>4</v>
       </c>
       <c r="C159" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>156</v>
+        <v>154</v>
       </c>
       <c r="B160" t="s">
         <v>4</v>
       </c>
       <c r="C160" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B161" t="s">
         <v>4</v>
       </c>
       <c r="C161" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B162" t="s">
         <v>4</v>
       </c>
       <c r="C162" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B163" t="s">
         <v>4</v>
       </c>
       <c r="C163" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B164" t="s">
         <v>4</v>
       </c>
       <c r="C164" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>161</v>
+        <v>41</v>
       </c>
       <c r="B165" t="s">
         <v>4</v>
       </c>
       <c r="C165" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="B166" t="s">
         <v>4</v>
       </c>
       <c r="C166" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>162</v>
+        <v>34</v>
       </c>
       <c r="B167" t="s">
         <v>4</v>
       </c>
       <c r="C167" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>163</v>
+        <v>33</v>
       </c>
       <c r="B168" t="s">
         <v>4</v>
       </c>
       <c r="C168" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>164</v>
+        <v>6</v>
       </c>
       <c r="B169" t="s">
         <v>4</v>
       </c>
       <c r="C169" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="B170" t="s">
         <v>4</v>
       </c>
       <c r="C170" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>166</v>
+        <v>144</v>
       </c>
       <c r="B171" t="s">
         <v>4</v>
       </c>
       <c r="C171" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>167</v>
+        <v>152</v>
       </c>
       <c r="B172" t="s">
         <v>4</v>
       </c>
       <c r="C172" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="B173" t="s">
         <v>4</v>
       </c>
       <c r="C173" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
       <c r="B174" t="s">
         <v>4</v>
       </c>
       <c r="C174" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>169</v>
+        <v>159</v>
       </c>
       <c r="B175" t="s">
         <v>4</v>
       </c>
       <c r="C175" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="B176" t="s">
         <v>4</v>
       </c>
       <c r="C176" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>171</v>
+        <v>149</v>
       </c>
       <c r="B177" t="s">
         <v>4</v>
       </c>
       <c r="C177" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="B178" t="s">
         <v>4</v>
       </c>
       <c r="C178" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
       <c r="B179" t="s">
         <v>4</v>
       </c>
       <c r="C179" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="B180" t="s">
         <v>4</v>
       </c>
       <c r="C180" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>174</v>
+        <v>163</v>
       </c>
       <c r="B181" t="s">
         <v>4</v>
       </c>
       <c r="C181" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="B182" t="s">
         <v>4</v>
       </c>
       <c r="C182" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="B183" t="s">
         <v>4</v>
       </c>
       <c r="C183" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B184" t="s">
         <v>4</v>
       </c>
       <c r="C184" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>52</v>
+        <v>167</v>
       </c>
       <c r="B185" t="s">
         <v>4</v>
       </c>
       <c r="C185" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>28</v>
+        <v>168</v>
       </c>
       <c r="B186" t="s">
         <v>4</v>
       </c>
       <c r="C186" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>42</v>
+        <v>169</v>
       </c>
       <c r="B187" t="s">
         <v>4</v>
       </c>
       <c r="C187" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>41</v>
+        <v>170</v>
       </c>
       <c r="B188" t="s">
         <v>4</v>
       </c>
       <c r="C188" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>6</v>
+        <v>135</v>
       </c>
       <c r="B189" t="s">
         <v>4</v>
       </c>
       <c r="C189" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B190" t="s">
         <v>4</v>
       </c>
       <c r="C190" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="B191" t="s">
         <v>4</v>
       </c>
       <c r="C191" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>171</v>
       </c>
       <c r="B192" t="s">
         <v>4</v>
       </c>
       <c r="C192" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B193" t="s">
         <v>4</v>
       </c>
       <c r="C193" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="B194" t="s">
         <v>4</v>
       </c>
       <c r="C194" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>178</v>
+        <v>28</v>
       </c>
       <c r="B195" t="s">
         <v>4</v>
       </c>
       <c r="C195" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="B196" t="s">
         <v>4</v>
       </c>
       <c r="C196" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B197" t="s">
         <v>4</v>
       </c>
       <c r="C197" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="B198" t="s">
         <v>4</v>
       </c>
       <c r="C198" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B199" t="s">
         <v>4</v>
       </c>
       <c r="C199" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B200" t="s">
         <v>4</v>
       </c>
       <c r="C200" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="B201" t="s">
         <v>4</v>
       </c>
       <c r="C201" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="B202" t="s">
         <v>4</v>
       </c>
       <c r="C202" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B203" t="s">
         <v>4</v>
       </c>
       <c r="C203" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="B204" t="s">
         <v>4</v>
       </c>
       <c r="C204" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="B205" t="s">
         <v>4</v>
       </c>
       <c r="C205" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B206" t="s">
         <v>4</v>
       </c>
       <c r="C206" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="B207" t="s">
         <v>4</v>
       </c>
       <c r="C207" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="B208" t="s">
         <v>4</v>
       </c>
       <c r="C208" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>47</v>
+        <v>186</v>
       </c>
       <c r="B209" t="s">
         <v>4</v>
       </c>
       <c r="C209" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B210" t="s">
         <v>4</v>
       </c>
       <c r="C210" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B211" t="s">
         <v>4</v>
       </c>
       <c r="C211" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B212" t="s">
         <v>4</v>
       </c>
       <c r="C212" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B213" t="s">
         <v>4</v>
       </c>
       <c r="C213" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B214" t="s">
         <v>4</v>
       </c>
       <c r="C214" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>35</v>
+        <v>192</v>
       </c>
       <c r="B215" t="s">
         <v>4</v>
       </c>
       <c r="C215" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B216" t="s">
         <v>4</v>
       </c>
       <c r="C216" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>194</v>
       </c>
       <c r="B217" t="s">
         <v>4</v>
       </c>
       <c r="C217" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>195</v>
       </c>
       <c r="B218" t="s">
         <v>4</v>
       </c>
       <c r="C218" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>196</v>
       </c>
       <c r="B219" t="s">
         <v>4</v>
       </c>
       <c r="C219" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>197</v>
       </c>
       <c r="B220" t="s">
         <v>4</v>
       </c>
       <c r="C220" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>198</v>
+      </c>
+      <c r="B221" t="s">
+        <v>4</v>
+      </c>
+      <c r="C221" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>199</v>
+      </c>
+      <c r="B222" t="s">
+        <v>4</v>
+      </c>
+      <c r="C222" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>200</v>
+      </c>
+      <c r="B223" t="s">
+        <v>4</v>
+      </c>
+      <c r="C223" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>201</v>
+      </c>
+      <c r="B224" t="s">
+        <v>4</v>
+      </c>
+      <c r="C224" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>202</v>
+      </c>
+      <c r="B225" t="s">
+        <v>4</v>
+      </c>
+      <c r="C225" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>203</v>
+      </c>
+      <c r="B226" t="s">
+        <v>4</v>
+      </c>
+      <c r="C226" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>204</v>
+      </c>
+      <c r="B227" t="s">
+        <v>4</v>
+      </c>
+      <c r="C227" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>205</v>
+      </c>
+      <c r="B228" t="s">
+        <v>4</v>
+      </c>
+      <c r="C228" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>206</v>
+      </c>
+      <c r="B229" t="s">
+        <v>4</v>
+      </c>
+      <c r="C229" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>207</v>
+      </c>
+      <c r="B230" t="s">
+        <v>4</v>
+      </c>
+      <c r="C230" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>208</v>
+      </c>
+      <c r="B231" t="s">
+        <v>4</v>
+      </c>
+      <c r="C231" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>209</v>
+      </c>
+      <c r="B232" t="s">
+        <v>4</v>
+      </c>
+      <c r="C232" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>210</v>
+      </c>
+      <c r="B233" t="s">
+        <v>4</v>
+      </c>
+      <c r="C233" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>211</v>
+      </c>
+      <c r="B234" t="s">
+        <v>4</v>
+      </c>
+      <c r="C234" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>212</v>
+      </c>
+      <c r="B235" t="s">
+        <v>4</v>
+      </c>
+      <c r="C235" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>213</v>
+      </c>
+      <c r="B236" t="s">
+        <v>4</v>
+      </c>
+      <c r="C236" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>214</v>
+      </c>
+      <c r="B237" t="s">
+        <v>4</v>
+      </c>
+      <c r="C237" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>215</v>
+      </c>
+      <c r="B238" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>216</v>
+      </c>
+      <c r="B239" t="s">
+        <v>4</v>
+      </c>
+      <c r="C239" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>217</v>
+      </c>
+      <c r="B240" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>218</v>
+      </c>
+      <c r="B241" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>219</v>
+      </c>
+      <c r="B242" t="s">
+        <v>4</v>
+      </c>
+      <c r="C242" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>220</v>
+      </c>
+      <c r="B243" t="s">
+        <v>4</v>
+      </c>
+      <c r="C243" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>221</v>
+      </c>
+      <c r="B244" t="s">
+        <v>4</v>
+      </c>
+      <c r="C244" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>222</v>
+      </c>
+      <c r="B245" t="s">
+        <v>4</v>
+      </c>
+      <c r="C245" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>223</v>
+      </c>
+      <c r="B246" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>224</v>
+      </c>
+      <c r="B247" t="s">
+        <v>4</v>
+      </c>
+      <c r="C247" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>225</v>
+      </c>
+      <c r="B248" t="s">
+        <v>4</v>
+      </c>
+      <c r="C248" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>226</v>
+      </c>
+      <c r="B249" t="s">
+        <v>4</v>
+      </c>
+      <c r="C249" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>227</v>
+      </c>
+      <c r="B250" t="s">
+        <v>4</v>
+      </c>
+      <c r="C250" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>228</v>
+      </c>
+      <c r="B251" t="s">
+        <v>4</v>
+      </c>
+      <c r="C251" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>229</v>
+      </c>
+      <c r="B252" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>230</v>
+      </c>
+      <c r="B253" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>231</v>
+      </c>
+      <c r="B254" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>232</v>
+      </c>
+      <c r="B255" t="s">
+        <v>4</v>
+      </c>
+      <c r="C255" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>233</v>
+      </c>
+      <c r="B256" t="s">
+        <v>4</v>
+      </c>
+      <c r="C256" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>234</v>
+      </c>
+      <c r="B257" t="s">
+        <v>4</v>
+      </c>
+      <c r="C257" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>235</v>
+      </c>
+      <c r="B258" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>