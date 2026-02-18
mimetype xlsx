--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -56,4383 +56,393 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اندرس لول سوئیچ اندرس هاوزر ftl20</w:t>
-[...4288 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر سوزنی 1 اینچ  FBV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر سوزنی 1 اینچ كلاس  A105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر سوزنی 1 اینچ كلاس 150 بدنه A105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4710,337 +720,441 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی استیل 304 کیتز</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر سوزنی استیل اوریون</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی استیل خنبره</w:t>
-[...207 lines deleted...]
-              <w:t xml:space="preserve">شیر سوزنی فولادی کلاس 150</w:t>
+              <w:t xml:space="preserve">شیر سوزنی استنلس استیل کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی استیل پنوماتیک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی استیل کیتز کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی استیل کیتز کلاس 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی استیل کیتز کلاس 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر سوزنی استیل کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر سوزنی استیل کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">گلوب ولو استیل کیتز globe valve steel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نیدل ولو استیل کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر سوزنی استیل کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید شیر سوزنی فولادی کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 1500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5048,674 +1162,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی کربن داخل استیل</w:t>
-[...622 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش شیر سوزنی فولادی کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -6921,1688 +2411,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">وارد کننده شیر گازی  فولادی کلاس 800</w:t>
-            </w:r>
-[...1636 lines deleted...]
-              <w:t xml:space="preserve">کلمپ استیل صنایع غذایی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>