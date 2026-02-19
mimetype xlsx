--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -7,595 +7,154 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="پترو پالایش وهاب" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="939" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="103">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">اندرس لول سوئیچ اندرس هاوزر ftl20</t>
+    <t xml:space="preserve">شیر سوزنی 1 اینچ  FBV</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">اندرس هاوزر التراسونیک FMU40</t>
-[...382 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر سوزنی 1 اینچ كلاس  A105</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 1 اینچ كلاس 150 بدنه A105</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 2 اینچ كلاس 800 A105 FBV</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 3 اینچ كلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 4 اینچ كلاس 150 WCB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی a217 کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی chero</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی lf2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی wc9  کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استنلس استیل dn80</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استنلس استیل کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل  کلاس 150 اروپایی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی استیل 304 کیتز</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر سوزنی استیل اوریون</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی استیل خنبره</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">شیر سوزنی فولادی کلاس 150</t>
+    <t xml:space="preserve">شیر سوزنی استیل پنوماتیک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی استیل کیتز کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی استیل کیتز کلاس 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی استیل کیتز کلاس 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر سوزنی استیل کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر سوزنی استیل کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">گلوب ولو استیل کیتز globe valve steel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نیدل ولو استیل کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده شیر سوزنی استیل کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید شیر سوزنی فولادی کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 600</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی کیتز کلاس 1500</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی فولادی کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی کربن داخل استیل</t>
-[...64 lines deleted...]
-  <si>
     <t xml:space="preserve">عامل فروش شیر سوزنی فولادی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر سوزنی فولادی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">گلوب ولو فولادی کیتز globe valve</t>
   </si>
   <si>
     <t xml:space="preserve">نیدل ولو سوزنی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی فولادی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر فلکه سوزنی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استنلس استیل کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل کیتز اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل کیتز کلاس 150</t>
@@ -697,236 +256,50 @@
     <t xml:space="preserve">شیر گازی فولادی دنده ای کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی فولادی ساکت کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی فولادی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی فولادی کلاس ۸۰۰</t>
   </si>
   <si>
     <t xml:space="preserve">فروش شیر گازی فولادی کلاس ۸۰۰</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر گازی فولادی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیر گازی فولادی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر گازی فولادی کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر گازی  فولادی کلاس 800</t>
-  </si>
-[...184 lines deleted...]
-    <t xml:space="preserve">کلمپ استیل صنایع غذایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 150 استیل A216</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 150 استیل NITON 316</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 150 استیل wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی دنده ای کلاس 150 اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی ساکت فلنجدار کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی دنده ای OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار 150</t>
   </si>
@@ -1174,194 +547,194 @@
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>17</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>4</v>
       </c>
       <c r="C19" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>4</v>
       </c>
       <c r="C20" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B23" t="s">
         <v>4</v>
       </c>
       <c r="C23" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B25" t="s">
         <v>4</v>
       </c>
       <c r="C25" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B26" t="s">
         <v>4</v>
       </c>
       <c r="C26" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B28" t="s">
         <v>4</v>
       </c>
       <c r="C28" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B29" t="s">
         <v>4</v>
       </c>
       <c r="C29" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="B30" t="s">
         <v>4</v>
       </c>
       <c r="C30" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>32</v>
       </c>
       <c r="B31" t="s">
         <v>4</v>
       </c>
       <c r="C31" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>33</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
@@ -2104,2382 +1477,50 @@
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>101</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>102</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
-        <v>4</v>
-[...2330 lines deleted...]
-      <c r="C313" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>