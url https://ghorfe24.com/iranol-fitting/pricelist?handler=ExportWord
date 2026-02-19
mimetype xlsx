--- v0 (2025-12-20)
+++ v1 (2026-02-19)
@@ -56,811 +56,540 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی کلاس 150 استنلس استیل 316</w:t>
-[...716 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی استیل 2 کلاس 300    ABNEW   LCC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر کشویی فولادی 2  کلاس 150 NEWAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر خودکار  فولادی  کلاس 800 فورج bonney forge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -982,76 +711,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی فولادی داگلاس چرو سایز 3/4 کلاس 800</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر  کشویی  سایز  1/2  کلاس  150 فولادی   WCB    DOUGLAS CHERO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1164,76 +867,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی 1/2 کلاس 800 فولادی   OMB   A105</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر توپی استیل نیپون</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1242,128 +919,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی فولادی نیپون</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو  فولادی اوریون ORION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1398,180 +997,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی فولادی اوریون ORION</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی smith</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیرفلکه استیل smith</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو فولادی VINCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1580,76 +1075,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی استیل VINCO</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر گازی فولادی VINCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1866,102 +1335,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی فورج کلاس 800 فولادی سایز 3/4     برند: OMB</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر یکطرفه omb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2100,102 +1517,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر صافی فولادی اروپایی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه  کلاس 150 NEWAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2360,284 +1725,102 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بال ولو کیتز استیل 316</w:t>
-[...128 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی استیل سایز 4 اینچ فلنجدار</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">فروش شیر فلکه کشویی استیل 316</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر فلکه کشویی استیل 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر یکطرفه خودکار بدنه استیل کلاس 150</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو jc</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2958,180 +2141,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">گیت ولو 1 اینچ  کلاس 800 استنلس استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">گیت ولو 1 اینچ  کلاس 800 استیل بانی فورج</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر کشویی  3 اینچ فلنجدار کلاس 150 اسنلس استیل 316 و304  کیتز //نیپون  kitz // NIPON</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار 2 اینچ کلاس 300  استنلس استیل 316 CROWN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3140,570 +2219,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار 4 اینچ کلاس 150 استنلس استیل 316  NIPON  .  CROWN   OMB  . KITZ  .</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">چک ولو 4 اینچ کلاس 150 استنلس استیل 316  NIPON  , KITZ  , CROWN  . OMB  .</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">زانو جوشی 3 اینچ  90 درجه  رده  10  استیل   304     ernefittings</w:t>
-[...466 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی فولادی سایز 6 اینچ کلاس 1500  برند  NEWAY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3894,76 +2479,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر صافی  سایز 1 اینچ کلاس 800  فولادی  A105 ساکت</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی فولادی سایز 1 اینچ کلاس 800 OMB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3998,154 +2557,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی 1 اینچ کلاس 800 فولادی</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فکله کشویی سایز 1/2 کلاس 800 فولادی بونی فورج    BONNEY  FORJE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4206,76 +2661,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر فلکه کشویی  سایز 3/4 کلاس 800 فولادی  CHERO</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه سوزنی سایز 1/2 کلاس 800 فولادی OMB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4362,102 +2791,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر فلکه کشویی سایز 1 اینچ کلاس 600  استنلس استیل  کیتز kitz</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه کشویی سایز 2 اینچ کلاس 150 استنلس استیل 316  TU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4518,154 +2895,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر توپی سایز "2  کلاس 150 استنلس استیل 316    JC</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه سوزنی سایز "2 اینچ کلاس 300  فولادی   NEWAY   //  WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4700,76 +2973,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">سه راه تبدیل جوشی  سایز "5*"4  sch40  /// ASTM   A403 ///   WP316L</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی سایز "1  اینچ  کلاس 200  استیل CF8M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4778,180 +3025,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار سایز 1/2 اینچ کلاس 150 استیل 316  بونی فورج / LVF  /  OMB /  KITZ  // CHERO/ /</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار  سایز 1 اینچ کلاس 150  استنلس استیل 316  پیستونی  داگلاس چرو</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار سایز 1/2 اینچ کلاس 150 استنلس استیل 316 پیستونی داگلاس چرو</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه کلاس 800 استنلس استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4986,206 +3129,102 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر فلکه کلاس 800 استنلس استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه کلاس 800  استنلس استیل 316  KITZE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر فلکه فولادی کلاس 300 wcb</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فلکه کشویی 1.1/2 کلاس 150 فولادی     omb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی 1/2 کلاس 800  فولادی  بونی فورج</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر بالولو فولادی کلاس 800  سایز 3/4   بونی فورج</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5376,76 +3415,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر کشویی  3/4  کلاس 800  F11</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی 1 کلاس 800   F11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5532,76 +3545,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار سایز 4 اینچ کلاس 600 فولادی  wcc</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر توپی سایز 2 اینچ کلاس 1500  فولادی WCB   kitz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5662,76 +3649,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر توپی سایز 10 اینچ کلاس 150  استنلس استیل 316 CF8M   ردیوس  برند  FORCE</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر توپی سایز 12 اینچ کلاس 300 استنلس استیل 316 cf8m    برند TU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5792,181 +3753,103 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی  "6  کلاس 300  فولاد</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">گیت ولو فولادی ۱۶ اینچ کلاس ۱۵۰ فولاد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گلوب ولو فولادی سایز ۱۲ اینچ کلاس ۱۵۰ برند CRANE (بدنه WCB):</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی فولادی ۶ اینچ کلاس ۹۰۰ - Gate Valve WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">«شیر گیت ولو فولادی کلاس ۸۰۰ OMB با طراحی Bolted Bonnet و بدنه‌ی A105، عملکرد عالی و دوام بالا در سرویس‌های نفت و گاز.»</w:t>
-            </w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">شیر سوزنی کلاس ۸۰۰A105 | Needle Valve Class 800 A105</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>