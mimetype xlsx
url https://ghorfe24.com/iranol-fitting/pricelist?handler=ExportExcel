--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -7,659 +7,443 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="پترو صنعت سپنتا" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="669" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="152">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی کلاس 150 استنلس استیل 316</t>
+    <t xml:space="preserve">شیر کشویی استیل 2 کلاس 300    ABNEW   LCC</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی lf2</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی فولادی 2  کلاس 150 NEWAY</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار  فولادی  کلاس 800 فورج bonney forge</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه فورج کلاس 800 سایز  1.1/2 فولاد A105  داگلاس چرو / بونی فورج</t>
   </si>
   <si>
     <t xml:space="preserve">شیرفلکه کشویی فورج bonney forge سایز 1 اینچ کلاس 800 فولادی A105   بونی فورج //داگلاس چرو</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی کلاس  800   فولادی A105  DOUGLAS CHERO</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی فولادی  A105 داگلاس چرو DOUGLAS  سایز 3/4 کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی کلاس 800 داگلاس چرو   سایز  1/2  اینچ  بدنه  A105</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی فولادی داگلاس چرو سایز 3/4 کلاس 800</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر  کشویی  سایز  1/2  کلاس  150 فولادی   WCB    DOUGLAS CHERO</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی سایز 1/2 اینچ فولادی کلاس 150 داگ لاس چرو</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی فلنجدار JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه فولادی JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی JC</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی 1/2 کلاس 800 فولادی   OMB   A105</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر توپی استیل نیپون</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی فولادی نیپون</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی فولادی نیپون</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو  فولادی اوریون ORION</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی کلاس 150 فولادی اوریون ORION</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی فولادی اوریون ORION</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی smith</t>
   </si>
   <si>
-    <t xml:space="preserve">شیرفلکه استیل smith</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو فولادی VINCO</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی VINCO</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی استیل VINCO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر گازی فولادی VINCO</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو  فورج کلاس 800 OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی فولادی omb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه  سوزنی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه OMB کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه فولادی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی استیل  سایز 1/2 .1  کلاس 800 برند: OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی omb</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی فورج کلاس 800 فولادی سایز 3/4     برند: OMB</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر یکطرفه omb</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو 1 اینچ کلاس 800 فولادی A105</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو فولادی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش OMB</t>
   </si>
   <si>
     <t xml:space="preserve">«شیر گیت ولو فولادی کلاس ۸۰۰ OMB با طراحی Bolted Bonnet و بدنه‌ی A105، عملکرد عالی و دوام بالا در سرویس‌های نفت و گاز.»</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی کلاس 150  LT</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی OMB فولادی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر صافی فولادی اروپایی</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه  کلاس 150 NEWAY</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه فولادی کیتز کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی کلاس 150 کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی کلاس 150 NEWAY</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی کلاس 150 p.k</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی کلاس 300 کیتز فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی کیتز فولادی</t>
   </si>
   <si>
-    <t xml:space="preserve">بال ولو کیتز استیل 316</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی استیل سایز 4 اینچ فلنجدار</t>
   </si>
   <si>
-    <t xml:space="preserve">فروش شیر فلکه کشویی استیل 316</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر فلکه کشویی استیل 316</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر یکطرفه خودکار بدنه استیل کلاس 150</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو jc</t>
   </si>
   <si>
     <t xml:space="preserve">شیر         توپی       فولادی         1 اینچ        کلاس     150     WCB   JC</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی JC</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو 1.2 کلاس 800 ساکت جوشی  استنلس استیل       316    A182</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو  1.2 کلاس 800   SW استنلس استیل  316</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو  سایز 1/2 کلاس 800  استنلس استیل  A182. 316L</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو  3.4   کلاس 800 SW</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو  3.4 - 800 SW  استیل  316 L   بانی فورج</t>
   </si>
   <si>
     <t xml:space="preserve">گیت ولو  3.4  SW استنلس استیل  A182  بانی فورج</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده گیت ولو استنلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده گیت ولو کلاس 800 بانی فورج</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت گیت ولو 1 اینچ  کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گیت ولو 1 اینچ  کلاس 800- 304</t>
   </si>
   <si>
     <t xml:space="preserve">شیر   گیت ولو 1 اینچ  کلاس 800 -304-A182</t>
   </si>
   <si>
-    <t xml:space="preserve">گیت ولو 1 اینچ  کلاس 800 استنلس استیل</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">گیت ولو 1 اینچ  کلاس 800 استیل بانی فورج</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی  3 اینچ فلنجدار کلاس 150 اسنلس استیل 316 و304  کیتز //نیپون  kitz // NIPON</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار 2 اینچ کلاس 300  استنلس استیل 316 CROWN</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو 2 اینچ کلاس 300  استنلس استیل 316 CROWN</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار 4 اینچ کلاس 150 استنلس استیل 316  NIPON  .  CROWN   OMB  . KITZ  .</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">چک ولو 4 اینچ کلاس 150 استنلس استیل 316  NIPON  , KITZ  , CROWN  . OMB  .</t>
   </si>
   <si>
-    <t xml:space="preserve">زانو جوشی 3 اینچ  90 درجه  رده  10  استیل   304     ernefittings</t>
-[...52 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی فولادی سایز 6 اینچ کلاس 1500  برند  NEWAY</t>
   </si>
   <si>
     <t xml:space="preserve">GATE VALVE  "6  CLASS 1500  WCB   NEWAY</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی سایز "8  کلاس 150  LCB   برند   TV</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBE VALVE  "8  CLASS 150  LCB   VITAS</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBE VALVE  "8  CLASS 150  WCB   VITAS</t>
   </si>
   <si>
     <t xml:space="preserve">GLOBE VALVE  "8  CLASS 150  WCB  TU</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 8 اینچ  LCB کلاس 150  ویتاس  VITAS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 8 اینچ  LCB  کلاس 150 tu</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی سایز 1 اینچ کلاس 800</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر صافی  سایز 1 اینچ کلاس 800  فولادی  A105 ساکت</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی فولادی سایز 1 اینچ کلاس 800 OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فکله سوزنی 2 اینچ  فولادی کلاس 150 برند JC</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 8 اینچ کلاس 150 فولادی  JC</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی 1 اینچ کلاس 800 فولادی</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فکله کشویی سایز 1/2 کلاس 800 فولادی بونی فورج    BONNEY  FORJE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فکله کشویی سایز 3/4  کلاس 800 فولادی  بونی فورج    BONNEY  FORJE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی سایز 1/2 کلاس 800 فولادی  OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی سایز 3/4 کلاس 800 فولادی OMB</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه کشویی  سایز 3/4 کلاس 800 فولادی  CHERO</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه سوزنی سایز 1/2 کلاس 800 فولادی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی سایز "3/4 اینچ کلاس 800 فولادی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی سایز "1  اینچ کلاس 800 فولادی OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی سایز 1/2 کلاس 800 فولادی   BONNEY FORGE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 2 اینچ کلاس 150 فولادی WCB استنلس استیل CF3  PK</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه کشویی سایز 1 اینچ کلاس 600  استنلس استیل  کیتز kitz</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه کشویی سایز 2 اینچ کلاس 150 استنلس استیل 316  TU</t>
   </si>
   <si>
     <t xml:space="preserve">شیر  فلکه  سایز  "2 کلاس 150  استنلس استیل 316  NEWAY</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی سایز "2 کلاس  150  استنلس  استیل  316   PK</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی  سایز "1 اینچ کلاس 150  استنلس استیل 316L  CRANE</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر توپی سایز "2  کلاس 150 استنلس استیل 316    JC</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه سوزنی سایز "2 اینچ کلاس 300  فولادی   NEWAY   //  WCB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی سایز "2 کلاس   CF3   300  استنلس استیل      برند   PK</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی سایز 2 اینچ فولادی کلاس   ARFLU  300</t>
   </si>
   <si>
-    <t xml:space="preserve">سه راه تبدیل جوشی  سایز "5*"4  sch40  /// ASTM   A403 ///   WP316L</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی سایز "1  اینچ  کلاس 200  استیل CF8M</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی  سایز 1 اینچ کلاس 150  استیل 316  NIPON , KITZ</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار سایز 1/2 اینچ کلاس 150 استیل 316  بونی فورج / LVF  /  OMB /  KITZ  // CHERO/ /</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار  سایز 1 اینچ کلاس 150  استنلس استیل 316  پیستونی  داگلاس چرو</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار سایز 1/2 اینچ کلاس 150 استنلس استیل 316 پیستونی داگلاس چرو</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه کلاس 800 استنلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 3/4 کلاس 800 استنلس استیل 316  CHERO DUGLAS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کلاس 800  استنلس استیل OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کلاس 800  استنلس استیل 316  KITZE</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر فلکه فولادی کلاس 300 wcb</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فلکه کشویی 1.1/2 کلاس 150 فولادی     omb</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی 1/2 کلاس 800  فولادی  بونی فورج</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر بالولو فولادی کلاس 800  سایز 3/4   بونی فورج</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی  سایز 1/2  کلاس 1500     OMB    F22</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 3/4 کلاس 1500  F22    OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی سایز 1 اینچ کلاس 1500  F22   OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 1/2 کلاس 800     F11    OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه 3/4 کلاس 800  F11  برند OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی سایز 1 اینچ کلاس 800     F11      OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی  1/2 کلاس 800  F11  برند OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 1/2 کلاس 800  F 11</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی  3/4  کلاس 800  F11</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی 1 کلاس 800   F11</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه 1/2 کلاس 800  LF2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه 3/4 کلاس 800  LF2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه 1 کلاس 800  LF2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار  سایز 4 اینچ کلاس 300  فولادی  AIL</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار سایز 4 اینچ کلاس 600 فولادی  wcc</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر توپی سایز 2 اینچ کلاس 1500  فولادی WCB   kitz</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی سایز 3 اینچ کلاس 150 فول  LF2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی سایز 4 اینچ کلاس 600  استنلس استیل 316 فول</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی سایز 8 اینچ کلاس 300 استیل 316 فول  برند  force</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر توپی سایز 10 اینچ کلاس 150  استنلس استیل 316 CF8M   ردیوس  برند  FORCE</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر توپی سایز 12 اینچ کلاس 300 استنلس استیل 316 cf8m    برند TU</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی سایز 10 اینچ کلاس 300 فولادی  WCB  برند  AIL</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی سایز 8 اینچ کلاس 150 فولادی wcb  برند LT</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی فولادی، (GATE VALVE CS) یکی از شیرهای بسیار پرکاربرد در صنایع مختلف است. که در کلاسهای 150، 300، 600، 800، 900، 1500، 3000، 5000، PSI 10000 و در انواع دنده ای، جوشی و فلنچ دار در آلیاژهای A216, LCB, LCC موجود میباشد،  شیر فلکه کشویی به منظور قطع و وصل کردن جریان آب مورد استفاده قرار میگیرد؛ یعنی یه کاملا به صورت بسته است و یا کاملا به صورت باز. این شیر هنگامی که بسته است میتواند آب بندی بسیار خوبی را ایجاد کند. این نوع شیر از سه بخش بدنه، سر پوش و شفت تشکیل شده است. شیر فلکه کشویی مزایای بسیاری دارد که میتوان به باز و بسته کردن جریان سیالات، نصب این شیر به جهت جریان آن بستگی ندارد و از هر دو جهت نصب میشود و هنگامی که بسیار باز است، افت فشار زیادی ندارد. مجموعه پترو صنعت سپنتا، تامین کننده انواع شیرفلکه کشویی فولادی است و آن ها را به سرتاسر کشور ارسال میکند. جهت خرید از پترو صنعت سپنتا  با بالاترین کیفیت و نازل ترین قیمت کافیست، تلفن را بردارید و یا از طریق سایت خرید خود را به راحتی انجام دهید. با پترو صنعت سپنتا در تماس باشید.</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی  "6  کلاس 300  فولاد</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">گیت ولو فولادی ۱۶ اینچ کلاس ۱۵۰ فولاد</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گلوب ولو فولادی سایز ۱۲ اینچ کلاس ۱۵۰ برند CRANE (بدنه WCB):</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی فولادی ۶ اینچ کلاس ۹۰۰ - Gate Valve WCB</t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">شیر سوزنی کلاس ۸۰۰A105 | Needle Valve Class 800 A105</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی 6 اینچ کلاس 150 پتروصنعت سپنتا</t>
   </si>
   <si>
     <t xml:space="preserve">فروش شیر کشویی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی ۱۸ اینچ، شیر گیت کلاس ۳۰۰    WALWORTH</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی 8 اینچ فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی  فولادی کلاس150 </t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی نیووی 3 اینچ استیل  کلاس 300  neway 316 </t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی رودیوس فولادی </t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی 2 اینچ YDF-کلاس 150</t>
   </si>
@@ -2142,1090 +1926,287 @@
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>129</v>
       </c>
       <c r="B127" t="s">
         <v>4</v>
       </c>
       <c r="C127" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>130</v>
       </c>
       <c r="B128" t="s">
         <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>131</v>
+        <v>40</v>
       </c>
       <c r="B129" t="s">
         <v>4</v>
       </c>
       <c r="C129" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B130" t="s">
         <v>4</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B131" t="s">
         <v>4</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B132" t="s">
         <v>4</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B133" t="s">
         <v>4</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B134" t="s">
         <v>4</v>
       </c>
       <c r="C134" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B135" t="s">
         <v>4</v>
       </c>
       <c r="C135" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B136" t="s">
         <v>4</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B137" t="s">
         <v>4</v>
       </c>
       <c r="C137" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B138" t="s">
         <v>4</v>
       </c>
       <c r="C138" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B139" t="s">
         <v>4</v>
       </c>
       <c r="C139" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B140" t="s">
         <v>4</v>
       </c>
       <c r="C140" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B141" t="s">
         <v>4</v>
       </c>
       <c r="C141" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B142" t="s">
         <v>4</v>
       </c>
       <c r="C142" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="B143" t="s">
         <v>4</v>
       </c>
       <c r="C143" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B144" t="s">
         <v>4</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B145" t="s">
         <v>4</v>
       </c>
       <c r="C145" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B146" t="s">
         <v>4</v>
       </c>
       <c r="C146" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B147" t="s">
         <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B148" t="s">
         <v>4</v>
       </c>
       <c r="C148" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B149" t="s">
         <v>4</v>
       </c>
       <c r="C149" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B150" t="s">
         <v>4</v>
       </c>
       <c r="C150" t="s">
-        <v>4</v>
-[...801 lines deleted...]
-      <c r="C223" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>