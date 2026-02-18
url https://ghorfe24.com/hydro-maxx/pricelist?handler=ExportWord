--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -4,51 +4,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr/>
     </w:p>
     <w:p>
       <w:pPr>
         <w:shd w:val="nil" w:color="auto" w:fill="EEEEEE"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">هیدرولیک پنوماتیک ازادی 09123961427</w:t>
+        <w:t xml:space="preserve">بازرگانی پنوکو صنعت 09120537533</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:space="0"/>
           <w:left w:val="single" w:space="0"/>
           <w:bottom w:val="single" w:space="0"/>
           <w:right w:val="single" w:space="0"/>
           <w:insideH w:val="single" w:space="0"/>
           <w:insideV w:val="single" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
         <w:gridCol w:w="300"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -56,3313 +56,417 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر برقی هایستار -نمایندگی شیر برقی هایستار</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">رگولاتور پنوماتیک شاکو</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">only text</w:t>
-[...3192 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">پرشر ترانسمیتر ۶ بار BD آلمان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">پرشر ترانسمیتر ۱۰ بار بی دی المان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3718,570 +822,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">انگل ولو ایر کنترل</w:t>
-[...518 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">رگلاتور پنوماتیک SKP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4602,414 +1186,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر برقی استیل بورکرت</w:t>
-[...362 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی پنوماتیک کاموزی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5044,206 +1264,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیربرقی بک فیلتر اسکا</w:t>
-[...154 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروش فیلتر رگلاتور SHAKO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5668,752 +1732,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عاملیت فروش واحد مراقبت فستو</w:t>
-[...700 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی تک بوبین am520-01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -6604,2234 +1966,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر برقی شاکو pu 320n-015</w:t>
-[...2182 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">پرشر سوئیچ فستو PEV-1.4-B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -9620,76 +2798,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر برقی فستو cpx-cp-4-fb</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی فستو JMFH-5-1.4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -9880,76 +3032,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">قطعات یدکی شیر برقی شاکو</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی کاموزی 434-015-22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -10037,310 +3163,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">واحد مراقبت کاموزی MC104-d00</w:t>
-            </w:r>
-[...258 lines deleted...]
-              <w:t xml:space="preserve">فیلتر رگلاتور M56-Lf</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 