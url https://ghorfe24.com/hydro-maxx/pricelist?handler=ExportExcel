--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -1,532 +1,172 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
-    <sheet name="هیدرولیک پنوماتیک ازادی 0912396" sheetId="1" r:id="rId3"/>
+    <sheet name="بازرگانی پنوکو صنعت 09120537533" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1065" uniqueCount="344">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="327" uniqueCount="109">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر برقی هایستار -نمایندگی شیر برقی هایستار</t>
+    <t xml:space="preserve">رگولاتور پنوماتیک شاکو</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">رگولاتور پنوماتیک شاکو</t>
-[...244 lines deleted...]
-  <si>
     <t xml:space="preserve">پرشر ترانسمیتر ۶ بار BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر ۱۰ بار بی دی المان</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر ۲۵ بار BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر ۴۰ بار BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر bd</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر وکیوم BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">عاملیت فروش پرشر ترانسمیتر بی دی BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی پرشر ترانسمیتر بی دی BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش پرشر ترانسمیتر بی دی BD آلمان</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر قلمی دانفوس</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر ترانسمیتر دانفوس 1900 MBS</t>
   </si>
   <si>
     <t xml:space="preserve">عاملیت فروش پرشر ترانسمیتر دانفوس</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده پرشر ترانسمیتر دانفوس</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت پرشر ترانسمیتر دانفوس</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی پرشر ترانسمیتر دانفوس</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش پرشر ترانسمیتر دانفوس</t>
   </si>
   <si>
-    <t xml:space="preserve">انگل ولو ایر کنترل</t>
-[...55 lines deleted...]
-  <si>
     <t xml:space="preserve">رگلاتور پنوماتیک SKP</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک ایرتک</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک lmc</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک SHAKO</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک SMC</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک THB</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک TPC</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک فستو  LR</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک فستو</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک فوروارد</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک کاموزی</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک متال ورک</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت رگلاتور پنوماتیک فوروارد</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر برقی استیل بورکرت</t>
-[...37 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی پنوماتیک کاموزی</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر برقی کاموزی</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی کاموزی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیربرقی بک فیلتر اسکا</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">فروش فیلتر رگلاتور SHAKO</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور SMC</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور SKP</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور ایرتک</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور LMC</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور SHAKO</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور THB</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور TPC</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور فستو هوای فشرده</t>
@@ -537,389 +177,77 @@
   <si>
     <t xml:space="preserve">فیلتر رگلاتور کاموزی</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور متال ورک</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت فیلتر رگلاتور SHAKO</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت فیلتر رگلاتور فستو</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت فیلتر رگلاتور فوروارد</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فیلتر رگلاتور SMC</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فیلتر رگلاتور فوروارد</t>
   </si>
   <si>
-    <t xml:space="preserve">عاملیت فروش واحد مراقبت فستو</t>
-[...79 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی تک بوبین am520-01</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی تک بوبین pu520-015</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی تک بوبین pu520-025</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی تک بوبین pu520-035</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی دو بوبین pu520-01d</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی تک بوبین pu520-045</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی دو بوبین pu520-02d</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی دو بوبین pu520-03ds</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی دو بوبین pu520-04d</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر برقی شاکو pu 320n-015</t>
-[...229 lines deleted...]
-  <si>
     <t xml:space="preserve">پرشر سوئیچ فستو PEV-1.4-B</t>
   </si>
   <si>
     <t xml:space="preserve">جک قلمی فستو YSR-12-12-C</t>
   </si>
   <si>
     <t xml:space="preserve">سنسور فستو SME-8M-DS-24V-K2,5-0E</t>
   </si>
   <si>
     <t xml:space="preserve">سیلندر قلمی فستو YSR-10-10–C</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی برنجی فستو</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو JMFH-5-1.4</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو MFH-3-1.2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو MFH-3-1.4</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو MFH-5-1.2</t>
@@ -972,117 +300,84 @@
   <si>
     <t xml:space="preserve">شیر برقی کاموزی -RFU</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور کاموزی MC202-D00</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور کاموزی MC202-DOO</t>
   </si>
   <si>
     <t xml:space="preserve">VSVA-B-B52-ZD-A1-1T11  شیر برقی فستو</t>
   </si>
   <si>
     <t xml:space="preserve">YSR-10-10-C شیر برقی فستو</t>
   </si>
   <si>
     <t xml:space="preserve">جک فستو DSBC-32-50-PPVA-N3</t>
   </si>
   <si>
     <t xml:space="preserve">جک فستو DSBC-63-25-PPVA-N3</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو ad32-21-a-ppsa</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر برقی فستو cpx-cp-4-fb</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی فستو M52-AT-F-1H2L-S</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو -M52-AT-F-1H21-5</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو MEH-5-1.2</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو vuvg-b14-m52-azt-f-1p3</t>
   </si>
   <si>
     <t xml:space="preserve">کامپکت فستو DSBC-40-125-PPVA-N3</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو LRP-1.4-10 Festo</t>
   </si>
   <si>
-    <t xml:space="preserve">قطعات یدکی شیر برقی شاکو</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی کاموزی 434-015-22</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی کاموزی 452 C-015</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی کاموزی 454-011-22</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی کاموزی RFU</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور کاموزی MC202-C00</t>
   </si>
   <si>
     <t xml:space="preserve">واحد مراقبت کاموزی MC104-d00</t>
-  </si>
-[...25 lines deleted...]
-    <t xml:space="preserve">فیلتر رگلاتور M56-Lf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1655,3389 +950,683 @@
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>52</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>53</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B53" t="s">
         <v>4</v>
       </c>
       <c r="C53" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B55" t="s">
         <v>4</v>
       </c>
       <c r="C55" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B56" t="s">
         <v>4</v>
       </c>
       <c r="C56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B85" t="s">
         <v>4</v>
       </c>
       <c r="C85" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B88" t="s">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B89" t="s">
         <v>4</v>
       </c>
       <c r="C89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B90" t="s">
         <v>4</v>
       </c>
       <c r="C90" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B91" t="s">
         <v>4</v>
       </c>
       <c r="C91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B92" t="s">
         <v>4</v>
       </c>
       <c r="C92" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>96</v>
+        <v>70</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>97</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>98</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>99</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>100</v>
+        <v>73</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>
       </c>
       <c r="C104" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>4</v>
       </c>
       <c r="C105" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>4</v>
       </c>
       <c r="C106" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>4</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>4</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>57</v>
+        <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>4</v>
       </c>
       <c r="C109" t="s">
-        <v>4</v>
-[...2704 lines deleted...]
-      <c r="C355" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>