--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -56,925 +56,873 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">جک سیلندری نورگرن NORGREN</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نمایندگی شیر برقی نورگرن NORGREN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">only text</w:t>
-[...804 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve"> فیلتر رگلاتور نورگرن </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">واحد مراقبت نورگرن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -992,258 +940,128 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">جک پنوماتیک SMC</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فیلتر رگلاتور SMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی رگلاتور SMC</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نماینده فروش شیر برقی SMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">واحد مراقبت smc</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر برقی SMC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">جک پنوماتیک نورگرن</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">رگلاتور R07 نورگرن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1668,362 +1486,102 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">جک قلمی SMC CJ2B DZ</w:t>
-[...180 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی فستو Vacuum generator  VADMI-140-P</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">رگلاتور اس ام اس SMC IT2010-F02B e.p regulator</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی smc vxz2242-04t-5gs1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر برقی بوش رکسروت R412011041</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش شیر برقی بوش</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2162,102 +1720,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر برقی مک سری MAC 916B-PM-611JB</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی پنوماتیک SMC VQC2401NR-5B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7571,50 +7077,544 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">ماژول تقویت‌کننده Rexroth  مدل  VT11015</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">رگلاتور  Ckd R3100-10-w-t</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیربرقی  smc vk332v-5dz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیردستی SMC VH400-F04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر برقی بروکرت 6430 Burkert 00351175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر برقی پارکر  Parker Pvlc111619</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر هیدرولیک رکسروت  Rexroth zdb-6-vb2-42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">جک کامپکت فستو  Festo advu25-25 apa</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">جک پنوماتیک ایرتک  AIRTAC SE125-100SG</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">جک پنوماتیک ایرتک  Se50a-50sg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پنل کنترل mass flow Azbil MPC00028</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">جک گریپری Mhc2-20d</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر Asco numatics 60200002</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر برقی mecman 565-361-000-1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر هیدرولیک بروینی  fluid power aron AD3L51F-5D4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر Schrader bellows B-202-p-095</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر هیدرولیک ویکرز  EATON DG4V-3–2A-Z-M</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر هیدرولیک ویکرز  EATON DGMPC-5-BAK-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر هیدرولیک ویکرز EATON DG17V-3-2N-60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر ویکرز 20-Vickers DGMDC-3-PYL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 