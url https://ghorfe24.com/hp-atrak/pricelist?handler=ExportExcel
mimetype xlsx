--- v0 (2025-12-05)
+++ v1 (2025-12-25)
@@ -7,106 +7,85 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="هیدرولیک پنوماتیک اترک 09129171" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="783" uniqueCount="262">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="783" uniqueCount="263">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">جک سیلندری نورگرن NORGREN</t>
+    <t xml:space="preserve">نمایندگی شیر برقی نورگرن NORGREN</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی شیر برقی نورگرن NORGREN</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> فیلتر رگلاتور نورگرن </t>
   </si>
   <si>
     <t xml:space="preserve">واحد مراقبت نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر برقی SMC</t>
   </si>
   <si>
-    <t xml:space="preserve">جک پنوماتیک SMC</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">فیلتر رگلاتور SMC</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی رگلاتور SMC</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">نماینده فروش شیر برقی SMC</t>
   </si>
   <si>
-    <t xml:space="preserve">واحد مراقبت smc</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر برقی SMC</t>
   </si>
   <si>
-    <t xml:space="preserve">جک پنوماتیک نورگرن</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">رگلاتور R07 نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک (R64G) نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">رگلاتور پنوماتیک نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک نورگرن</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی بورکرت BURKERT</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر برقی بورکرت</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی بورکرت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی ROSS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی روس ROSS</t>
@@ -117,110 +96,77 @@
   <si>
     <t xml:space="preserve">عامل فروش شیر برقی  رکسروت</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر برقی رکسروت</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی رکسروت</t>
   </si>
   <si>
     <t xml:space="preserve">جک پنوماتیک  ورکام</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی ورکام</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر برقی ورکام</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر برقی ورکام waircom</t>
   </si>
   <si>
     <t xml:space="preserve">واحد مراقبت ورکام</t>
   </si>
   <si>
-    <t xml:space="preserve">جک قلمی SMC CJ2B DZ</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی فستو Vacuum generator  VADMI-140-P</t>
   </si>
   <si>
-    <t xml:space="preserve">رگلاتور اس ام اس SMC IT2010-F02B e.p regulator</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی smc vxz2242-04t-5gs1.2</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر برقی بوش رکسروت R412011041</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">عامل فروش شیر برقی بوش</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی هیدرولیک بوش –   0 820 045 151</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی بلوکی فستو 350410035375</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک بوش</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی smc VQC2B01N-51</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی بوش Bosch 0811160014</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی مک سری  44</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر برقی مک سری MAC 916B-PM-611JB</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی پنوماتیک SMC VQC2401NR-5B</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پورت مستقیم  smc (VX234EFXB)</t>
   </si>
   <si>
     <t xml:space="preserve">دریچه کنترل جهت  پارکر Parker P2L-AV511PS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی فستو Festo 11555 CM-5-2-6-FH</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک  مک MAC 825C-PM-591JJ-552</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی مک  MV-A2B-A121-PM-114JE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی CKD EV2500-108-B FL312934</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی مارتین ایر Martonair S-441H-45 Valve S441H45</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک  347L9101,ELECT</t>
@@ -793,50 +739,107 @@
     <t xml:space="preserve">رگلاتور پنوماتیک پارکر Parker</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی VICKERS</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک مدل SK-8171-180 برند Walter Pneumatik</t>
   </si>
   <si>
     <t xml:space="preserve">کارت آمپلی فایر رکسروت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی گاز DUNGS مدل MVDLE 220.5</t>
   </si>
   <si>
     <t xml:space="preserve">جک پنوماتیک نورگرن مدل CA-8100G-M-200</t>
   </si>
   <si>
     <t xml:space="preserve">ماژول ارتباطی SMC  مدل  EX122-SPR1-B</t>
   </si>
   <si>
     <t xml:space="preserve">ماژول ارتباطی SMC مدل  EX122-SPR1-B</t>
   </si>
   <si>
     <t xml:space="preserve">ماژول تقویت‌کننده Rexroth  مدل  VT11015</t>
+  </si>
+  <si>
+    <t xml:space="preserve">رگلاتور  Ckd R3100-10-w-t</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیربرقی  smc vk332v-5dz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیردستی SMC VH400-F04</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر برقی بروکرت 6430 Burkert 00351175</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر برقی پارکر  Parker Pvlc111619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر هیدرولیک رکسروت  Rexroth zdb-6-vb2-42</t>
+  </si>
+  <si>
+    <t xml:space="preserve">جک کامپکت فستو  Festo advu25-25 apa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">جک پنوماتیک ایرتک  AIRTAC SE125-100SG</t>
+  </si>
+  <si>
+    <t xml:space="preserve">جک پنوماتیک ایرتک  Se50a-50sg</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پنل کنترل mass flow Azbil MPC00028</t>
+  </si>
+  <si>
+    <t xml:space="preserve">جک گریپری Mhc2-20d</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر Asco numatics 60200002</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر برقی mecman 565-361-000-1</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر هیدرولیک بروینی  fluid power aron AD3L51F-5D4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر Schrader bellows B-202-p-095</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر هیدرولیک ویکرز  EATON DG4V-3–2A-Z-M</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر هیدرولیک ویکرز  EATON DGMPC-5-BAK-30</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر هیدرولیک ویکرز EATON DG17V-3-2N-60</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر ویکرز 20-Vickers DGMDC-3-PYL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1222,1382 +1225,1382 @@
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>4</v>
       </c>
       <c r="C33" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B36" t="s">
         <v>4</v>
       </c>
       <c r="C36" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B37" t="s">
         <v>4</v>
       </c>
       <c r="C37" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B38" t="s">
         <v>4</v>
       </c>
       <c r="C38" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>4</v>
       </c>
       <c r="C39" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B41" t="s">
         <v>4</v>
       </c>
       <c r="C41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B43" t="s">
         <v>4</v>
       </c>
       <c r="C43" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
       </c>
       <c r="C44" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B45" t="s">
         <v>4</v>
       </c>
       <c r="C45" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B47" t="s">
         <v>4</v>
       </c>
       <c r="C47" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B48" t="s">
         <v>4</v>
       </c>
       <c r="C48" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B49" t="s">
         <v>4</v>
       </c>
       <c r="C49" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B53" t="s">
         <v>4</v>
       </c>
       <c r="C53" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B55" t="s">
         <v>4</v>
       </c>
       <c r="C55" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B56" t="s">
         <v>4</v>
       </c>
       <c r="C56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B85" t="s">
         <v>4</v>
       </c>
       <c r="C85" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B88" t="s">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B89" t="s">
         <v>4</v>
       </c>
       <c r="C89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B90" t="s">
         <v>4</v>
       </c>
       <c r="C90" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B91" t="s">
         <v>4</v>
       </c>
       <c r="C91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B92" t="s">
         <v>4</v>
       </c>
       <c r="C92" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>
       </c>
       <c r="C104" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B105" t="s">
         <v>4</v>
       </c>
       <c r="C105" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B106" t="s">
         <v>4</v>
       </c>
       <c r="C106" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B107" t="s">
         <v>4</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B108" t="s">
         <v>4</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B109" t="s">
         <v>4</v>
       </c>
       <c r="C109" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B110" t="s">
         <v>4</v>
       </c>
       <c r="C110" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B111" t="s">
         <v>4</v>
       </c>
       <c r="C111" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="B112" t="s">
         <v>4</v>
       </c>
       <c r="C112" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B113" t="s">
         <v>4</v>
       </c>
       <c r="C113" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B114" t="s">
         <v>4</v>
       </c>
       <c r="C114" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="B115" t="s">
         <v>4</v>
       </c>
       <c r="C115" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B116" t="s">
         <v>4</v>
       </c>
       <c r="C116" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B117" t="s">
         <v>4</v>
       </c>
       <c r="C117" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B118" t="s">
         <v>4</v>
       </c>
       <c r="C118" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B119" t="s">
         <v>4</v>
       </c>
       <c r="C119" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B120" t="s">
         <v>4</v>
       </c>
       <c r="C120" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B121" t="s">
         <v>4</v>
       </c>
       <c r="C121" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B122" t="s">
         <v>4</v>
       </c>
       <c r="C122" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B123" t="s">
         <v>4</v>
       </c>
       <c r="C123" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B124" t="s">
         <v>4</v>
       </c>
       <c r="C124" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B125" t="s">
         <v>4</v>
       </c>
       <c r="C125" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B126" t="s">
         <v>4</v>
       </c>
       <c r="C126" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="B127" t="s">
         <v>4</v>
       </c>
       <c r="C127" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B128" t="s">
         <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B129" t="s">
         <v>4</v>
       </c>
       <c r="C129" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B130" t="s">
         <v>4</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B131" t="s">
         <v>4</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="B132" t="s">
         <v>4</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B133" t="s">
         <v>4</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B134" t="s">
         <v>4</v>
       </c>
       <c r="C134" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B135" t="s">
         <v>4</v>
       </c>
       <c r="C135" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B136" t="s">
         <v>4</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="B137" t="s">
         <v>4</v>
       </c>
       <c r="C137" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B138" t="s">
         <v>4</v>
       </c>
       <c r="C138" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B139" t="s">
         <v>4</v>
       </c>
       <c r="C139" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B140" t="s">
         <v>4</v>
       </c>
       <c r="C140" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B141" t="s">
         <v>4</v>
       </c>
       <c r="C141" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B142" t="s">
         <v>4</v>
       </c>
       <c r="C142" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B143" t="s">
         <v>4</v>
       </c>
       <c r="C143" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B144" t="s">
         <v>4</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B145" t="s">
         <v>4</v>
       </c>
       <c r="C145" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B146" t="s">
         <v>4</v>
       </c>
       <c r="C146" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="B147" t="s">
         <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B148" t="s">
         <v>4</v>
       </c>
       <c r="C148" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B149" t="s">
         <v>4</v>
       </c>
       <c r="C149" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B150" t="s">
         <v>4</v>
       </c>
       <c r="C150" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="B151" t="s">
         <v>4</v>
       </c>
       <c r="C151" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B152" t="s">
         <v>4</v>
       </c>
       <c r="C152" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B153" t="s">
         <v>4</v>
       </c>
       <c r="C153" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="B154" t="s">
         <v>4</v>
       </c>
       <c r="C154" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B155" t="s">
         <v>4</v>
       </c>
       <c r="C155" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
       <c r="B156" t="s">
         <v>4</v>
       </c>
       <c r="C156" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>158</v>
       </c>
       <c r="B157" t="s">
         <v>4</v>
       </c>
       <c r="C157" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>159</v>
       </c>
       <c r="B158" t="s">
         <v>4</v>
@@ -2762,997 +2765,997 @@
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>174</v>
       </c>
       <c r="B173" t="s">
         <v>4</v>
       </c>
       <c r="C173" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>175</v>
       </c>
       <c r="B174" t="s">
         <v>4</v>
       </c>
       <c r="C174" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="B175" t="s">
         <v>4</v>
       </c>
       <c r="C175" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B176" t="s">
         <v>4</v>
       </c>
       <c r="C176" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B177" t="s">
         <v>4</v>
       </c>
       <c r="C177" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B178" t="s">
         <v>4</v>
       </c>
       <c r="C178" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B179" t="s">
         <v>4</v>
       </c>
       <c r="C179" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="B180" t="s">
         <v>4</v>
       </c>
       <c r="C180" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B181" t="s">
         <v>4</v>
       </c>
       <c r="C181" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="B182" t="s">
         <v>4</v>
       </c>
       <c r="C182" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="B183" t="s">
         <v>4</v>
       </c>
       <c r="C183" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="B184" t="s">
         <v>4</v>
       </c>
       <c r="C184" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="B185" t="s">
         <v>4</v>
       </c>
       <c r="C185" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B186" t="s">
         <v>4</v>
       </c>
       <c r="C186" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="B187" t="s">
         <v>4</v>
       </c>
       <c r="C187" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B188" t="s">
         <v>4</v>
       </c>
       <c r="C188" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B189" t="s">
         <v>4</v>
       </c>
       <c r="C189" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B190" t="s">
         <v>4</v>
       </c>
       <c r="C190" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B191" t="s">
         <v>4</v>
       </c>
       <c r="C191" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="B192" t="s">
         <v>4</v>
       </c>
       <c r="C192" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="B193" t="s">
         <v>4</v>
       </c>
       <c r="C193" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="B194" t="s">
         <v>4</v>
       </c>
       <c r="C194" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="B195" t="s">
         <v>4</v>
       </c>
       <c r="C195" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="B196" t="s">
         <v>4</v>
       </c>
       <c r="C196" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B197" t="s">
         <v>4</v>
       </c>
       <c r="C197" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B198" t="s">
         <v>4</v>
       </c>
       <c r="C198" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="B199" t="s">
         <v>4</v>
       </c>
       <c r="C199" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="B200" t="s">
         <v>4</v>
       </c>
       <c r="C200" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B201" t="s">
         <v>4</v>
       </c>
       <c r="C201" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="B202" t="s">
         <v>4</v>
       </c>
       <c r="C202" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B203" t="s">
         <v>4</v>
       </c>
       <c r="C203" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B204" t="s">
         <v>4</v>
       </c>
       <c r="C204" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B205" t="s">
         <v>4</v>
       </c>
       <c r="C205" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B206" t="s">
         <v>4</v>
       </c>
       <c r="C206" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="B207" t="s">
         <v>4</v>
       </c>
       <c r="C207" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="B208" t="s">
         <v>4</v>
       </c>
       <c r="C208" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B209" t="s">
         <v>4</v>
       </c>
       <c r="C209" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B210" t="s">
         <v>4</v>
       </c>
       <c r="C210" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B211" t="s">
         <v>4</v>
       </c>
       <c r="C211" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B212" t="s">
         <v>4</v>
       </c>
       <c r="C212" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B213" t="s">
         <v>4</v>
       </c>
       <c r="C213" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B214" t="s">
         <v>4</v>
       </c>
       <c r="C214" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B215" t="s">
         <v>4</v>
       </c>
       <c r="C215" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B216" t="s">
         <v>4</v>
       </c>
       <c r="C216" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B217" t="s">
         <v>4</v>
       </c>
       <c r="C217" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B218" t="s">
         <v>4</v>
       </c>
       <c r="C218" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B219" t="s">
         <v>4</v>
       </c>
       <c r="C219" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B220" t="s">
         <v>4</v>
       </c>
       <c r="C220" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B221" t="s">
         <v>4</v>
       </c>
       <c r="C221" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="B222" t="s">
         <v>4</v>
       </c>
       <c r="C222" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="B223" t="s">
         <v>4</v>
       </c>
       <c r="C223" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B224" t="s">
         <v>4</v>
       </c>
       <c r="C224" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="B225" t="s">
         <v>4</v>
       </c>
       <c r="C225" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B226" t="s">
         <v>4</v>
       </c>
       <c r="C226" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B227" t="s">
         <v>4</v>
       </c>
       <c r="C227" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B228" t="s">
         <v>4</v>
       </c>
       <c r="C228" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B229" t="s">
         <v>4</v>
       </c>
       <c r="C229" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B230" t="s">
         <v>4</v>
       </c>
       <c r="C230" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B231" t="s">
         <v>4</v>
       </c>
       <c r="C231" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B232" t="s">
         <v>4</v>
       </c>
       <c r="C232" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B233" t="s">
         <v>4</v>
       </c>
       <c r="C233" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B234" t="s">
         <v>4</v>
       </c>
       <c r="C234" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B235" t="s">
         <v>4</v>
       </c>
       <c r="C235" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B236" t="s">
         <v>4</v>
       </c>
       <c r="C236" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B237" t="s">
         <v>4</v>
       </c>
       <c r="C237" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="B238" t="s">
         <v>4</v>
       </c>
       <c r="C238" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B239" t="s">
         <v>4</v>
       </c>
       <c r="C239" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B240" t="s">
         <v>4</v>
       </c>
       <c r="C240" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B241" t="s">
         <v>4</v>
       </c>
       <c r="C241" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B242" t="s">
         <v>4</v>
       </c>
       <c r="C242" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B243" t="s">
         <v>4</v>
       </c>
       <c r="C243" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B244" t="s">
         <v>4</v>
       </c>
       <c r="C244" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B245" t="s">
         <v>4</v>
       </c>
       <c r="C245" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B246" t="s">
         <v>4</v>
       </c>
       <c r="C246" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B247" t="s">
         <v>4</v>
       </c>
       <c r="C247" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B248" t="s">
         <v>4</v>
       </c>
       <c r="C248" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B249" t="s">
         <v>4</v>
       </c>
       <c r="C249" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B250" t="s">
         <v>4</v>
       </c>
       <c r="C250" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B251" t="s">
         <v>4</v>
       </c>
       <c r="C251" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B252" t="s">
         <v>4</v>
       </c>
       <c r="C252" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B253" t="s">
         <v>4</v>
       </c>
       <c r="C253" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B254" t="s">
         <v>4</v>
       </c>
       <c r="C254" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B255" t="s">
         <v>4</v>
       </c>
       <c r="C255" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B256" t="s">
         <v>4</v>
       </c>
       <c r="C256" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B257" t="s">
         <v>4</v>
       </c>
       <c r="C257" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="B258" t="s">
         <v>4</v>
       </c>
       <c r="C258" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B259" t="s">
         <v>4</v>
       </c>
       <c r="C259" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B260" t="s">
         <v>4</v>
       </c>
       <c r="C260" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B261" t="s">
         <v>4</v>
       </c>
       <c r="C261" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>