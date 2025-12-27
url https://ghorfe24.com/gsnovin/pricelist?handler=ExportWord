--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -56,1145 +56,573 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تراپ T.D دنده ای اسپیراکس سارکو</w:t>
-[...868 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر صافی دنده ای استنلس استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر صافی دنده ای فولادی کلاس 800</w:t>
-[...180 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو دنده ای ساکت کلاس 800 فولادی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">بال ولو دنده ای فولادی 1000 وگ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1316,336 +744,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">ECON شیر خودکار بین فلنجی دبل پلیت</w:t>
-[...284 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار بین فلنجی دبل پلیت</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1654,102 +796,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار تک پلیت برنجی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار دبل پلیت wcb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4671,50 +3761,960 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر یکطرفه سوپایی استیل فلنجدار کلاس 150 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی استیل 16 بار </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی الفا استیل کلاس 150 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی 1 تا 6 اینچ الفا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی فلنجدار آلفا کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده شیر توپی فولادی کلاس 150 کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده شیر توپی فولادی کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده شیر توپی فولادی کلاس 150 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی دنده ای کلاس 150 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی ساکت کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی فلنجدار کلاس 150 ایرانی </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی کلاس 150 فلنجدار </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی فولادی کیتز کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر توپی فولادی کلاس 150 کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر یکطرفه بین فلنجی 16 و 40 بار استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر یکطرفه بین فلنجی بادبرنی استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی دنده ای کلاس 800 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر خودکار دریچه ای فولادی فلنجدار کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر خودکار دریچه ای فولادی کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فلنجدار کلاس 150 کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی فلنجدار کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی کلاس 150 1.2 تا 12 اینچ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی فولادی کلاس 150 فلنجدار کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه سوزنی استیل کیتز کلاس 150 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 کیتز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کیتز </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه فولادی 4 اینج کلاس 300 OSAV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه کشویی فولادی کلاس 300 SUFA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر فلکه کشویی فولادی  کلاس 300 OSAV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کرون CROWN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 اوریون</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 نیپون</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 300 اروپایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس150 CROWN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی کلاس 800 دنده ای فولادی ایلشین کره </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 