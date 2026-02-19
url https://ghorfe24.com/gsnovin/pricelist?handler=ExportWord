--- v1 (2025-12-27)
+++ v2 (2026-02-19)
@@ -56,599 +56,573 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر صافی دنده ای استنلس استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو دنده ای ساکت کلاس 800 فولادی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">only text</w:t>
-[...479 lines deleted...]
-              <w:t xml:space="preserve">only text</w:t>
+              <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">بال ولو دنده ای فولادی 1000 وگ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">بال ولو دنده ای فولادی ۱۰۰۰ وگ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -848,76 +822,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار دبل پلیت برنجی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار دبل پلیت کرین wcb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4462,50 +4410,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
+              <w:t xml:space="preserve">شیر فلکه فولادی 3 اینچ کلاس 300 SUFA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
               <w:t xml:space="preserve">شیر فلکه فولادی 4 اینج کلاس 300 OSAV</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4671,50 +4645,76 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر کشویی کلاس 800 دنده ای فولادی ایلشین کره </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی کلاس800 ایلشین کره</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 