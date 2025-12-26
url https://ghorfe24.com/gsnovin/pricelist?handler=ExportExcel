--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -18,188 +18,83 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="سالار صنعت آراز" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="163">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">تراپ T.D دنده ای اسپیراکس سارکو</t>
+    <t xml:space="preserve">شیر صافی دنده ای استنلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">تراپ T.D فولادی</t>
-[...64 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو دنده ای ساکت کلاس 800 فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو دنده ای فولادی 1000 وگ</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو دنده ای فولادی ۱۰۰۰ وگ</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو دنده ای فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی کلاس ۸۰۰ دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو کلاس 800 فولادی دنده ای ساکت</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده بال ولو فولادی</t>
   </si>
   <si>
-    <t xml:space="preserve">ECON شیر خودکار بین فلنجی دبل پلیت</t>
-[...31 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار بین فلنجی دبل پلیت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار بین فلنجی فولادی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار تک پلیت برنجی</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت المینیوم برنز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت برنجی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کرین wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کرین کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر دبل پلیت فولادی دیسک استیل</t>
@@ -496,50 +391,155 @@
     <t xml:space="preserve">شیر چاقویی یکطرفه چدن داکتیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر چاقویی یکطرفه چدنی </t>
   </si>
   <si>
     <t xml:space="preserve">شیر چاقویی یکطرفه فولادی 2 اینچ تا 24 اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">شیر چاقویی یکطرفه فولادی چدن داکتیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر چاقویی یکطرفه فولادی کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار فلنجدار فولادی کلاس ۱۵۰ </t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار فلنجدار فولادی کیتز کلاس ۱۵۰ </t>
   </si>
   <si>
     <t xml:space="preserve">شیر یکطرفه سوپایی استیل فلنجدار </t>
   </si>
   <si>
     <t xml:space="preserve">شیر یکطرفه سوپایی استیل فلنجدار کلاس 150 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی استیل 16 بار </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی الفا استیل کلاس 150 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی 1 تا 6 اینچ الفا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی فلنجدار آلفا کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده شیر توپی فولادی کلاس 150 کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">تامین کننده شیر توپی فولادی کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده شیر توپی فولادی کلاس 150 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی دنده ای کلاس 150 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی ساکت کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی فلنجدار کلاس 150 ایرانی </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی کلاس 150 فلنجدار </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی فولادی کیتز کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر توپی فولادی کلاس 150 کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر یکطرفه بین فلنجی 16 و 40 بار استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر یکطرفه بین فلنجی بادبرنی استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی دنده ای کلاس 800 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر خودکار دریچه ای فولادی فلنجدار کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر خودکار دریچه ای فولادی کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فلنجدار کلاس 150 کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی فلنجدار کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی کلاس 150 1.2 تا 12 اینچ </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی فولادی کلاس 150 فلنجدار کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه سوزنی استیل کیتز کلاس 150 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 کیتز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کیتز </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه فولادی 4 اینج کلاس 300 OSAV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه کشویی فولادی کلاس 300 SUFA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر فلکه کشویی فولادی  کلاس 300 OSAV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کرون CROWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 اوریون</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 نیپون</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 300 اروپایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس150 CROWN</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی کلاس 800 دنده ای فولادی ایلشین کره </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1673,425 +1673,425 @@
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>104</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>
       </c>
       <c r="C104" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B105" t="s">
         <v>4</v>
       </c>
       <c r="C105" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B106" t="s">
         <v>4</v>
       </c>
       <c r="C106" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B107" t="s">
         <v>4</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B108" t="s">
         <v>4</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B109" t="s">
         <v>4</v>
       </c>
       <c r="C109" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B110" t="s">
         <v>4</v>
       </c>
       <c r="C110" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B111" t="s">
         <v>4</v>
       </c>
       <c r="C111" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B112" t="s">
         <v>4</v>
       </c>
       <c r="C112" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B113" t="s">
         <v>4</v>
       </c>
       <c r="C113" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B114" t="s">
         <v>4</v>
       </c>
       <c r="C114" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B115" t="s">
         <v>4</v>
       </c>
       <c r="C115" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B116" t="s">
         <v>4</v>
       </c>
       <c r="C116" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B117" t="s">
         <v>4</v>
       </c>
       <c r="C117" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B118" t="s">
         <v>4</v>
       </c>
       <c r="C118" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B119" t="s">
         <v>4</v>
       </c>
       <c r="C119" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B120" t="s">
         <v>4</v>
       </c>
       <c r="C120" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B121" t="s">
         <v>4</v>
       </c>
       <c r="C121" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B122" t="s">
         <v>4</v>
       </c>
       <c r="C122" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B123" t="s">
         <v>4</v>
       </c>
       <c r="C123" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B124" t="s">
         <v>4</v>
       </c>
       <c r="C124" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B125" t="s">
         <v>4</v>
       </c>
       <c r="C125" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B126" t="s">
         <v>4</v>
       </c>
       <c r="C126" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B127" t="s">
         <v>4</v>
       </c>
       <c r="C127" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B128" t="s">
         <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B129" t="s">
         <v>4</v>
       </c>
       <c r="C129" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B130" t="s">
         <v>4</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="B131" t="s">
         <v>4</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B132" t="s">
         <v>4</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B133" t="s">
         <v>4</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="B134" t="s">
         <v>4</v>
       </c>
       <c r="C134" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B135" t="s">
         <v>4</v>
       </c>
       <c r="C135" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B136" t="s">
         <v>4</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B137" t="s">
         <v>4</v>
       </c>
       <c r="C137" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>139</v>
       </c>
       <c r="B138" t="s">
         <v>4</v>
       </c>
       <c r="C138" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>140</v>
       </c>
       <c r="B139" t="s">
         <v>4</v>