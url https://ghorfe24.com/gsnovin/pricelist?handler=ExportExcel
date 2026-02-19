--- v1 (2025-12-26)
+++ v2 (2026-02-19)
@@ -18,92 +18,86 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="سالار صنعت آراز" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="163">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر صافی دنده ای استنلس استیل</t>
+    <t xml:space="preserve">بال ولو دنده ای ساکت کلاس 800 فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">بال ولو دنده ای ساکت کلاس 800 فولادی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">بال ولو دنده ای فولادی 1000 وگ</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو دنده ای فولادی ۱۰۰۰ وگ</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو دنده ای فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو فولادی کلاس ۸۰۰ دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو کلاس 800 فولادی دنده ای ساکت</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده بال ولو فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار بین فلنجی دبل پلیت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار بین فلنجی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت المینیوم برنز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار دبل پلیت برنجی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کرین wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کرین کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دبل پلیت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر دبل پلیت فولادی دیسک استیل</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر گازی ۱۰۰۰ وگ</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر گازی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر گازی فولادی ۱۰۰۰ وگ</t>
@@ -471,75 +465,81 @@
   <si>
     <t xml:space="preserve">شیر سوزنی فلنجدار کلاس 150 کیتز </t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی فولادی فلنجدار کیتز </t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی فولادی کلاس 150 1.2 تا 12 اینچ </t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی فولادی کلاس 150 فلنجدار کیتز </t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه سوزنی استیل کیتز کلاس 150 </t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 کیتز </t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کیتز </t>
   </si>
   <si>
+    <t xml:space="preserve">شیر فلکه فولادی 3 اینچ کلاس 300 SUFA</t>
+  </si>
+  <si>
     <t xml:space="preserve">شیر فلکه فولادی 4 اینج کلاس 300 OSAV</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی فولادی کلاس 300 SUFA</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فلکه کشویی فولادی  کلاس 300 OSAV</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کرون CROWN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 150 نیپون</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس 300 اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی فولادی فلنجدار کلاس150 CROWN</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی کلاس 800 دنده ای فولادی ایلشین کره </t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی کلاس800 ایلشین کره</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1651,62 +1651,62 @@
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>101</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>104</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>105</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>