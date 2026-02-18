--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -56,2091 +56,540 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">کلید حرارتی زیمنس Siemens</w:t>
-[...1996 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروشنده مبدل حرارتی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">وارد کننده مبدل حرارتی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نماینده فروش مبدل حرارتی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2730,154 +1179,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اتصالات پنوماتیک پنوماکس</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">رگولاتور پنوماتیک پنوماکس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">رگولاتور جریان پنوماکس</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">سیلندر پنوماتیک پنوماکس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3224,388 +1595,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تایمر اتومات ACL شیربرقی</w:t>
-[...336 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی ODE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4420,492 +2453,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">انگل ولو پنوماتیک ایرتک</w:t>
-[...440 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">سلونوئید ولو 2 اینچ پارکر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5590,674 +3181,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">NEW DEAL واحد مراقبت هوا نیودیل</w:t>
-[...622 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی کتابی  هافنر HAFNER</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -6344,544 +3311,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">آکومولاتور تیوپی هیدرولیک هیداک</w:t>
-[...492 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">پمپ پیستونی پمپ هاو hawe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7358,102 +3831,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">ترانسمیتر فشار  دیافراگمی اشکرافت</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر برقی هیدرولیک رکسروت</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7827,154 +4248,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">وارد کننده شیر برقی pvd</w:t>
-            </w:r>
-[...102 lines deleted...]
-              <w:t xml:space="preserve">وارد کننده شیر برقی ایرتک</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>