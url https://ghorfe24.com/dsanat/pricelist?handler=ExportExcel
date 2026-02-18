--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,202 +7,67 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="دنیای هیدرولیک پنوماتیک" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="831" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="450" uniqueCount="152">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">کلید حرارتی زیمنس Siemens</t>
+    <t xml:space="preserve">فروشنده مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">کلید حرارتی Schneider</t>
-[...133 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">انواع مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">فروش مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">خرید مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">مبدل حرارتی صفحه ای</t>
@@ -234,146 +99,98 @@
   <si>
     <t xml:space="preserve">مبدل صفحه ای جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">مبدل حرارتی صفحه ای نیمه جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">مبدل حرارتی نیمه جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">مبدل صفحه ای نیمه جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">مبدل جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">مبدل نیمه جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">دستگاه شستشوی مبدل حرارتی</t>
   </si>
   <si>
     <t xml:space="preserve">دستگاه شستشوی شیمیایی مبدل حرارتی</t>
   </si>
   <si>
-    <t xml:space="preserve">اتصالات پنوماتیک پنوماکس</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">رگولاتور پنوماتیک پنوماکس</t>
   </si>
   <si>
-    <t xml:space="preserve">رگولاتور جریان پنوماکس</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">سیلندر پنوماتیک پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماکس ایتالیا</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی مستقیم پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کتابی پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">فروش شیر کتابی پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر برقی پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر برقی پنوماکس ایتالیا</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیر برقی  پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر برقی پنوماکس ایتالیا</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر برقی پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش محصولات پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">واحد مراقبت پنوماتیک پنوماکس</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده محصولات پنوماکس</t>
   </si>
   <si>
-    <t xml:space="preserve">تایمر اتومات ACL شیربرقی</t>
-[...37 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک ایر کنترل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی تکنو پلیمری ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی سوخت گاز ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی سوزنی ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی صنایع غذایی ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی صنعت اکسیژن ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی ضد انفجار ODE</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی کتابی ایر کنترل</t>
@@ -429,101 +246,50 @@
   <si>
     <t xml:space="preserve">شیر برقی PVD</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی استیل PVD</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی پنوماتیک pvd ترکیه</t>
   </si>
   <si>
     <t xml:space="preserve">فروش شیر برقی pvd  ترکیه</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده شیر برقی PVD</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت شیر برقی PVD</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر برقی PVD</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی PVD</t>
   </si>
   <si>
-    <t xml:space="preserve">انگل ولو پنوماتیک ایرتک</t>
-[...49 lines deleted...]
-  <si>
     <t xml:space="preserve">سلونوئید ولو 2 اینچ پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">سلونوئید ولو اب پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">سلونوئید ولو اصلی پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">سلونوئید ولو بخار پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">سلونوئید ولو برنجی پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">سلونوئید ولو پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">سلونوئید ولو تمام استیل پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی اب استیل پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی اب پاکر</t>
@@ -564,194 +330,65 @@
   <si>
     <t xml:space="preserve">نمایندگی شیر برقی اب پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر برقی اب پاکر</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر برقی استیل پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر برقی پاکر در بازار</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر برقی پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر برقی اب پارکر</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر برقی پاکر</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی پاکر</t>
   </si>
   <si>
-    <t xml:space="preserve">NEW DEAL واحد مراقبت هوا نیودیل</t>
-[...70 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی کتابی  هافنر HAFNER</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی هافنر HAFNER</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر برقی هافنر HAFNER</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش شیر برقی هافنر HAFNER</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی هافنر HAFNER</t>
   </si>
   <si>
-    <t xml:space="preserve">آکومولاتور تیوپی هیدرولیک هیداک</t>
-[...55 lines deleted...]
-  <si>
     <t xml:space="preserve">پمپ پیستونی پمپ هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ پیستونی رادیال هاو HAWE</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ پیستونی محوری متغیر پمپ هاوhawe</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ صنعتی هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ هیدرولیک hawe</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی هیدرولیک هاو  hawe</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فشارشکن hawe</t>
@@ -768,114 +405,96 @@
   <si>
     <t xml:space="preserve">شیر فشارشکن دستی بلوکی hawe</t>
   </si>
   <si>
     <t xml:space="preserve">شیر هیدرولیک   hawe</t>
   </si>
   <si>
     <t xml:space="preserve">فروش پمپ هیدرولیک هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر هیدرولیک هاو</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش پمپ هیدرولیک هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش  پمپ هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده پمپ هیدرولیک هاو hawe</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر هیدرولیک هاو hawe</t>
   </si>
   <si>
-    <t xml:space="preserve">ترانسمیتر فشار  دیافراگمی اشکرافت</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر برقی هیدرولیک رکسروت</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور ytc</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی مک  116B-611JD</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی مک mac</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی هافنر MH 511 701 G</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی هافنر</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی  هافنر</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی 1.4-3.2 T-GM 108.4</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی 2-2 برنجی pvd  ترکیه ای</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی 3.4 T-GM 104</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی pvd-1-1.2 - T-pat 502</t>
   </si>
   <si>
     <t xml:space="preserve">شیر برقی بک فیلتر pvd</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیر برقی pvd</t>
   </si>
   <si>
     <t xml:space="preserve">قطعات یدکی شیر برقی pvd</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی بک فیلتر شیر برقی PVD</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر برقی pvd</t>
-  </si>
-[...10 lines deleted...]
-    <t xml:space="preserve">وارد کننده شیر برقی ایرتک</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش بوبین تک هافنر</t>
   </si>
   <si>
     <t xml:space="preserve">پرشر سوئیچ هاو DG35</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی  پمپ هیدرولیک هاو</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر هیدرولیک هاو HAWE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2483,1508 +2102,111 @@
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>145</v>
       </c>
       <c r="B143" t="s">
         <v>4</v>
       </c>
       <c r="C143" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>146</v>
       </c>
       <c r="B144" t="s">
         <v>4</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>147</v>
+        <v>77</v>
       </c>
       <c r="B145" t="s">
         <v>4</v>
       </c>
       <c r="C145" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B146" t="s">
         <v>4</v>
       </c>
       <c r="C146" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B147" t="s">
         <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B148" t="s">
         <v>4</v>
       </c>
       <c r="C148" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B149" t="s">
         <v>4</v>
       </c>
       <c r="C149" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="B150" t="s">
         <v>4</v>
       </c>
       <c r="C150" t="s">
-        <v>4</v>
-[...1395 lines deleted...]
-      <c r="C277" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>