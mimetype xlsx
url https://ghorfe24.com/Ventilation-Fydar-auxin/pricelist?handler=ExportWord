--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -202,233 +202,50 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
-            <w:r>
-[...181 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">پمپ روغن امونیاکی مواد غذایی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -601,2235 +418,649 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید راک استیل سردخانه</w:t>
-[...2183 lines deleted...]
-              <w:t xml:space="preserve">ساخت رک استیل سردخانه</w:t>
+              <w:t xml:space="preserve">تامین کننده شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای  ابرو pn16 EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای  ابرو ضد انفجار EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای  استیل ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای  چدنی ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای 16 بار  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای ابرو اکچویتور دار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای ابرو پارک شهر  EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای ابرو پنوماتیک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای تفلونی  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای تمام استیل ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای چدنی داخل استیل  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای داخل استیل  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای داخل تفلون ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای ویفری ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر پروانه ای ویفری استیل  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش شیر پروانه ای  ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر پروانه ای ابرو EBRO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر پروانه ای ویفری  ابرو EBRO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 