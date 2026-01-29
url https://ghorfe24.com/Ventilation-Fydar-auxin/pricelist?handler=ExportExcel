--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -7,344 +7,164 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="بازرگانی پترو متریال برتر 09121" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="288" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="38">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ روغن  کمپرسور امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ روغن امونیاکی استخری</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ روغن امونیاکی مواد غذایی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده پمپ روغن  سردخانه امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده پمپ روغن  کمپرسور امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده پمپ روغن امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">ساخت پمپ روغن  کمپرسور امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">سازنده پمپ روغن  کمپرسور امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">طراحی پمپ روغن  کمپرسور امونیاکی</t>
   </si>
   <si>
     <t xml:space="preserve">نصب و راه اندازی پمپ روغن  کمپرسور امونیاکی</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید راک استیل سردخانه</t>
-[...248 lines deleted...]
-    <t xml:space="preserve">ساخت رک استیل سردخانه</t>
+    <t xml:space="preserve">تامین کننده شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای  ابرو pn16 EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای  ابرو ضد انفجار EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای  استیل ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای  چدنی ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای 16 بار  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای ابرو اکچویتور دار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای ابرو پارک شهر  EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای ابرو پنوماتیک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای تفلونی  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای تمام استیل ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای چدنی داخل استیل  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای داخل استیل  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای داخل تفلون ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای ویفری ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر پروانه ای ویفری استیل  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش شیر پروانه ای  ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده شیر پروانه ای ابرو EBRO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده شیر پروانه ای ویفری  ابرو EBRO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -739,721 +559,50 @@
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>36</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>37</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="36">
-[...669 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">