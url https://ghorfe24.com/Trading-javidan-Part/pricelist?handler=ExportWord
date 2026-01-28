--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -250,50 +250,101 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">سرسیلندر دوسان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -1481,50 +1532,492 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">لوازم یدکی بیل مکانیکی هیوندای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان بیل مکانیکی دوسان  65.01110.6115</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان بیل مکانیکی دوسان 65.02410-6083</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان بیل مکانیکی دوسان 140103-00144.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان بیل مکانیکی دوسان65.01110-6090B.avif</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان دوسان 65.01110.6351</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان دوسان 65.02410-0010</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان دوسان 65.02410-6106</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان دوسان m4029k</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان دوسان r4036k</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان نیوهلند mp224h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان نیوهلند rp226h</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان هیوندای - m112H2 تایهو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان هیوندای CR-1843a- ( NPC )</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان هیوندای mp126a ( تایهو)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان هیوندای R129H1 - ( تایهو)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتاقان هیوندای rp126a ( تایهو)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">یاتان هیوندای -mr-1843a- ( NPC )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 