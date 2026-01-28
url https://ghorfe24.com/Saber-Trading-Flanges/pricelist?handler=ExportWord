--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -319,50 +319,131 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">لرزه گیر لاستیکی بدون مهار ارتعاشات آرکا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -1367,76 +1448,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده فلنج استاندارد</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده فلنج اسلیپون فولادی کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2148,50 +2203,778 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">کور ۸ میل pn10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر آکاردئونی جوشی ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر آکاردئونی سردنده ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر آکاردئونی فلنج دار ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر آکاردئونی فلنج دار مهاردار ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی CL150 ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی pn10 ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی pn16 ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی آب سرد ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی آب گرم ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی فلنج دار ارتعاشات صنعتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">لرزه گیر لاستیکی فلنج دار مهاردار ارتعاشات</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی واشر کلینگر آلمان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده واشر کلینگر آلمان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر کلینگر آلمان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده واشر کلینگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش واشر کلینگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر کلینگر C-4400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده واشر گسکت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تولید کننده واشر فلنج</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده واشر گسکت بازار</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">مرکز فروش واشر گسکت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش واشر گسکت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر صنایع لبنی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر فولادی پالایشگاهی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر فولادی نفتی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر گسکت صنایع نفت و گاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر گسکت کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">واشر گسکت کلاس 300</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 