--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="تولید کننده فلنج بازرگانی صابر" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="222" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="103">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">لرزه گیر ارتعاشات صنعتی آرکا</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش لرزه گیر لاستیکی ارتعاشات آرکا</t>
   </si>
   <si>
     <t xml:space="preserve">لرزه گیر لاستیکی بدون مهار ارتعاشات آرکا</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج رزوه ای</t>
   </si>
   <si>
@@ -144,53 +144,50 @@
   <si>
     <t xml:space="preserve">تولید کننده رینگ فلزی فلنج دار پلی اتیلن</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده رینگ فلزی پلی اتیلن</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده واشر منجید</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده واشر نخ دار صنعتی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده واشر نسوز صنعتی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده واشر لاستیکی صنعتی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استاندارد استیل</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استاندارد کلاس 150</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده فلنج استاندارد</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده فلنج اسلیپون فولادی کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج فولادی اسلیپون کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج اسپبیون فولادی کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج اسلیپون فولادی 24 اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج جوشی استاندارد pn16  کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج فولادی  2 اینچ کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج فولادی 8 اینچ کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج فولادی دنده ای استاندارد pn16</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج فولادی کور 16 pn</t>
@@ -235,50 +232,134 @@
     <t xml:space="preserve">تولید کننده فلنج  pn16 جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج 150 CL یک رو</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج pn16 دنده استاندارد</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج pn16</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج اسلیپون جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج تخت جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج کور جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">کور ۶ میل pn10</t>
   </si>
   <si>
     <t xml:space="preserve">کور ۸ میل pn10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر آکاردئونی جوشی ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر آکاردئونی سردنده ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر آکاردئونی فلنج دار ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر آکاردئونی فلنج دار مهاردار ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی CL150 ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی pn10 ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی pn16 ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی آب سرد ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی آب گرم ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی فلنج دار ارتعاشات صنعتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">لرزه گیر لاستیکی فلنج دار مهاردار ارتعاشات</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی واشر کلینگر آلمان</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده واشر کلینگر آلمان</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر کلینگر آلمان</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده واشر کلینگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش واشر کلینگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر کلینگر C-4400</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده واشر گسکت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">تولید کننده واشر فلنج</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده واشر گسکت بازار</t>
+  </si>
+  <si>
+    <t xml:space="preserve">مرکز فروش واشر گسکت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش واشر گسکت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر صنایع لبنی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر فولادی پالایشگاهی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر فولادی نفتی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر گسکت صنایع نفت و گاز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر گسکت کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">واشر گسکت کلاس 300</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1102,50 +1183,347 @@
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>74</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>75</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>76</v>
+      </c>
+      <c r="B75" t="s">
+        <v>4</v>
+      </c>
+      <c r="C75" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>77</v>
+      </c>
+      <c r="B76" t="s">
+        <v>4</v>
+      </c>
+      <c r="C76" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>78</v>
+      </c>
+      <c r="B77" t="s">
+        <v>4</v>
+      </c>
+      <c r="C77" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>79</v>
+      </c>
+      <c r="B78" t="s">
+        <v>4</v>
+      </c>
+      <c r="C78" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>80</v>
+      </c>
+      <c r="B79" t="s">
+        <v>4</v>
+      </c>
+      <c r="C79" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" t="s">
+        <v>4</v>
+      </c>
+      <c r="C80" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>82</v>
+      </c>
+      <c r="B81" t="s">
+        <v>4</v>
+      </c>
+      <c r="C81" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>83</v>
+      </c>
+      <c r="B82" t="s">
+        <v>4</v>
+      </c>
+      <c r="C82" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>84</v>
+      </c>
+      <c r="B83" t="s">
+        <v>4</v>
+      </c>
+      <c r="C83" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>85</v>
+      </c>
+      <c r="B84" t="s">
+        <v>4</v>
+      </c>
+      <c r="C84" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>86</v>
+      </c>
+      <c r="B85" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>88</v>
+      </c>
+      <c r="B87" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>90</v>
+      </c>
+      <c r="B89" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>91</v>
+      </c>
+      <c r="B90" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>92</v>
+      </c>
+      <c r="B91" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>93</v>
+      </c>
+      <c r="B92" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>94</v>
+      </c>
+      <c r="B93" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>95</v>
+      </c>
+      <c r="B94" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>96</v>
+      </c>
+      <c r="B95" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>97</v>
+      </c>
+      <c r="B96" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>98</v>
+      </c>
+      <c r="B97" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>99</v>
+      </c>
+      <c r="B98" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>100</v>
+      </c>
+      <c r="B99" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>101</v>
+      </c>
+      <c r="B100" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>102</v>
+      </c>
+      <c r="B101" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">