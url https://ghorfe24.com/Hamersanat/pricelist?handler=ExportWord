--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -56,1210 +56,1158 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">خازن دائم تکفاز دور موتور 1500 با توان 0/37KW</w:t>
-[...1115 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">الکترو موتور چینی دور موتور1400 با توان 0.55KW تکفاز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">الکترو موتور چینی دور موتور1400 با توان 0.37KW تکفاز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">پمپ وکیوم تک مرحله ۱۱.۲متر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1329,232 +1277,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">الکتروموتورهای موتوژن سه فاز تک دور با فریم آلومینیومی</w:t>
-[...180 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">الکترو موتور چینی دور موتور 3000 با توان 0.37KW تکفاز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2135,440 +1901,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">الکتروموتور جمکو سه فاز 18.5 کیلووات 25 اسب</w:t>
-[...388 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">ویبراتور چینی T2/100D تک فاز 100 کیلویی 3000 دور</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3097,362 +2473,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">الکترو موتور ایرانی خازن دائم تکفاز دور موتور 1500 با توان 0/55KW</w:t>
-[...310 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">پمپ وکیوم دو مرحله ۴.۲متر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7361,76 +6425,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عامل فروش گیربکس حلزونی سهند</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">گیربکس حلزونی سهند VF110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7621,154 +6659,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نماینده فروش گیربکس حلزونی سهند</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تامین کننده گیربکس  شافت مستقیم چینی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عامل فروش گیربکس شافت مستقیم چینی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">گیربکس چینی شافت مستقیم</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7985,154 +6945,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">لوازم یدکی گیربکس شافت مستقیم چینی</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش موتور گیربکس شافت مستقیم پارس </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -8427,76 +7283,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">عامل فروش گیربکس PGR</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">گیربکس  ترکیه ای PGR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -8583,128 +7413,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی فروش گیربکس PGR</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش گیربکس STM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -9129,1247 +7881,2495 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">سایز 63 گیربکس چینی مکعبی</w:t>
-[...1195 lines deleted...]
-              <w:t xml:space="preserve">وارد کننده گیربکس مکعبی ks</w:t>
+              <w:t xml:space="preserve">نمایندگی فروش موتور ویبره روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی لوازم موتور ویبره روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی لوازم یدکی ویبره بدنه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش موتور ویبره روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه 500 کیلویی ایرانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه 500 کیلویی چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه 1000کیلویی ایرانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه 1000کیلویی ترک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه 5000 کیلویی ترک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه ایتالیایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه ایرانی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور ایتالیایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور بادی اینارکو اسپانیا</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور بادی بریکر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور بادی بی تی بلژیک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور بادی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور دریلی (بدنه آلمینیومی)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبراتور کورمکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره الومینیومی پرومکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره ایران کوب 1  اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره ایران کوب 1.5 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره ایران کوب 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره ایران کوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره بادی انارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره بادی بریکر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره بادی داناپک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره بادی کره ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره بادی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره بتن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره برقی 1 متری دریلی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره برقی 1.5 اینچ ایران کوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره برقی 2 اینچ ایران کوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره برقی 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره برقی 2 متری دریلی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره برقی 3 متری دریلی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره پلاستیکی پرومکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره پوسته صاف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره چینی 1.5 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره چینی 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره دریلی 1 متری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره دریلی 2 متری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره دریلی 3 متری</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره دریلی پرومکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیلنگ ویبره دریلی چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیلنگ ویبره بادی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عاملیت فروش شیلنگ ویبره ایران کوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت شیلنگ ویبره ایران کوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیلنگ ویبراتور اینارکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیلنگ ویبراتور کورمکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی شیلنگ ویبره پرومکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیلنگ ویبراتور بادی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیلنگ ویبره ایران کوب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش ویبره دریلی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده ویبره دریلی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبراتور دوشی برقی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره دریلی پرومکس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره دریلی چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره دریلی کره ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 100 کیلو گرم ترک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 100 کیلو گرم چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 200 کیلو گرم ترک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 200 کیلو گرم چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 300 کیلو گرم چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 500 کیلو گرم ترک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 1000 کیلوگرم چینی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره 2000 کیلو گرم ترک</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش ویبره بتن روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده ویبره بتن  بنزینی روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده ویبره بتن روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده ویبره بتن روبین</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بتن برقی با دینام الکو</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بتن برقی با دینام چینی تکفاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بتن برقی با دینام موتوژن تکفاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بتن موتور دیزلی 5 اسب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بتن موتور دیزلی 7 اسب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش ویبره بدنه TS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه  تک فاز TS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه 20 کیلویی TS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه ایرانی  TSS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه کوچک TS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش ویبره بدنه کمپ ترکیه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">موتور ویبره ترکیه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">موتور ویبره کمپ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش ویبره بدنه کمپ KEMP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده ویبره بدنه کمپ  KEMP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه برقی ترکیه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه برقی کمپ CPV</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه سه فاز 1500 دور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه سه فاز ترکیه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه سه فاز کمپ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه کمپ  KEMP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه کمپ ترکیه ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ویبره بدنه کمپ تک فاز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 