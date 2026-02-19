--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -18,98 +18,71 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="بهکو صنعت" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1068" uniqueCount="355">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">خازن دائم تکفاز دور موتور 1500 با توان 0/37KW</t>
+    <t xml:space="preserve">الکترو موتور چینی دور موتور1400 با توان 0.55KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">الکترو موتوژن خازن دائم تکفاز دور موتور 1500 با توان 0/25KW</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور1400 با توان 0.37KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم تک مرحله ۱۱.۲متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم HAMER تک مرحله ۱۷.۵متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم 4متری SPARMAX</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم تک مرحله ۴.۲متر</t>
   </si>
   <si>
-    <t xml:space="preserve">الکتروموتورهای موتوژن سه فاز تک دور با فریم آلومینیومی</t>
-[...19 lines deleted...]
-  <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور 3000 با توان 0.37KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور 3000 با توان 0.55KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور 3000 با توان 0.75KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور 3000 با توان 1.1KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور 900 با توان 0.37KW سه فاز</t>
   </si>
   <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور 900 با توان 0.55KW سه فاز</t>
   </si>
   <si>
     <t xml:space="preserve">الکترو موتور چینی دور موتور1400 با توان 1.5KW تکفاز</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی SEW سری S</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی SEW سری SA</t>
@@ -135,95 +108,50 @@
   <si>
     <t xml:space="preserve">گیربکس همزن میکسر</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سری EVM</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سریEVM/M</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سری EVM/DC</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سری EVM/D</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سری MV2</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سری HSV پنوماتیک</t>
   </si>
   <si>
     <t xml:space="preserve">موتور ویبره ترکیه ای سری TV</t>
   </si>
   <si>
-    <t xml:space="preserve">الکتروموتور جمکو سه فاز 18.5 کیلووات 25 اسب</t>
-[...43 lines deleted...]
-  <si>
     <t xml:space="preserve">ویبراتور چینی T2/100D تک فاز 100 کیلویی 3000 دور</t>
   </si>
   <si>
     <t xml:space="preserve">ویبره صنعتی چینی T2/60D تک فاز 60 کیلویی 3000 دور</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش موتور ویبره چینی </t>
   </si>
   <si>
     <t xml:space="preserve">ویبره بدنه چینی تک فاز 3000 دور</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش موتور ویبره چینی </t>
   </si>
   <si>
     <t xml:space="preserve">ویبره چینی بدنه T2/500 سه فاز 500 کیلویی 3000 دور</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده  موتور ویبره چینی</t>
   </si>
   <si>
     <t xml:space="preserve">ویبراتور چینی T2/300 سه فاز 300 کیلویی 3000 دور</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش ویبره صنعتی جینی </t>
@@ -246,86 +174,50 @@
   <si>
     <t xml:space="preserve">پمپ وکیوم دبی 550 با قدرت موتور 15 کیلووات</t>
   </si>
   <si>
     <t xml:space="preserve">وکیوم دبی 65 با قدرت موتور 2/2کیلووات</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم دبی 750 با قدرت موتور 18/5 کیلووات</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم دبی 225 با قدرت موتور 5/5 کیلووات</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم روغنی تک مرحله ای جیسون مدل x25</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم روغنی تک مرحله ای جیسون مدل x160</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم روغنی تک مرحله ای جیسون مدل x100</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم روغنی جیسون تک مرحله ای مدل x40</t>
   </si>
   <si>
-    <t xml:space="preserve">الکترو موتور ایرانی خازن دائم تکفاز دور موتور 1500 با توان 0/55KW</t>
-[...34 lines deleted...]
-  <si>
     <t xml:space="preserve">پمپ وکیوم دو مرحله ۴.۲متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم دو مرحله ۷.۷متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم دو مرحله ۲.۵متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم دو مرحله ۲۰.۵متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم دو مرحله ۱۱.۲متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم تک مرحله ۷.۷متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم روغنی تک مرحله ۲.۵متر (کپی)</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم تک مرحله ۶متر</t>
   </si>
   <si>
     <t xml:space="preserve">پمپ وکیوم تک مرحله ۱۳.۵متر</t>
@@ -729,200 +621,164 @@
   <si>
     <t xml:space="preserve">الکتروموتور اروپایی ترنس تکنو</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور اروپایی زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">MVF گیربکس حلزونی سهند</t>
   </si>
   <si>
     <t xml:space="preserve">MVF-FC گیربکس حلزونی سهند</t>
   </si>
   <si>
     <t xml:space="preserve">MVF-U گیربکس حلزونی سهند</t>
   </si>
   <si>
     <t xml:space="preserve">VF گیربکس حلزونی سهند</t>
   </si>
   <si>
     <t xml:space="preserve">VF-FC گیربکس حلزونی سهند</t>
   </si>
   <si>
     <t xml:space="preserve">VF-U گیربکس حلزونی سهند</t>
   </si>
   <si>
-    <t xml:space="preserve">عامل فروش گیربکس حلزونی سهند</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">گیربکس حلزونی سهند VF110</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی سهند VF130</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی سهند VF150</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی سهند</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی مکعبی  سهند</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس مکعبی 90 سهند</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس مکعبی 110 سهند</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس مکعبی 130 سهند</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس مکعبی</t>
   </si>
   <si>
-    <t xml:space="preserve">نماینده فروش گیربکس حلزونی سهند</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تامین کننده گیربکس  شافت مستقیم چینی</t>
   </si>
   <si>
-    <t xml:space="preserve">عامل فروش گیربکس شافت مستقیم چینی</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">گیربکس چینی شافت مستقیم</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس چینی صنایع غذایی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس چینی صنایع فولاد</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس چینی صنایع کاشی و سرامیک</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم  چینیbauer</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم افقی چینی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم پایه دار چینی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم دوسرشافت چینی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم عمودی چینی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم فلنجدار چینی</t>
   </si>
   <si>
-    <t xml:space="preserve">لوازم یدکی گیربکس شافت مستقیم چینی</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">عامل فروش موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">فروش موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">قطعات یدکی موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">قیمت موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">موتور گیربکس پارس شافت مستقیم</t>
   </si>
   <si>
     <t xml:space="preserve">موتور گیربکس شافت مستقیم پارس فلنجدار</t>
   </si>
   <si>
     <t xml:space="preserve">موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">موتور گیربکس شافت مستقیم کارخانجات</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی موتور گیربکس شافت مستقیم سعدی</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده موتور گیربکس شافت مستقیم پارس </t>
   </si>
   <si>
-    <t xml:space="preserve">عامل فروش گیربکس PGR</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">گیربکس  ترکیه ای PGR</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس  شافت مستقیم PGR</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس اویز PGR</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس حلزونی PGR</t>
   </si>
   <si>
     <t xml:space="preserve">موتور گیربکس PGR</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی فروش گیربکس PGR</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">عامل فروش گیربکس STM</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس STM حلزونی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس شافت مستقیم STM</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس کرانویل STM</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس هلیکال STM</t>
   </si>
   <si>
     <t xml:space="preserve">مرکز فروش گیربکس STM</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش گیربکس STM</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده گیربکس STM</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی  STM</t>
@@ -933,189 +789,333 @@
   <si>
     <t xml:space="preserve">گیربکس خورشیدی ایلماز</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی پایه دار</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی روسی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی سی تی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی شافت 1000 خاری</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی شهباز</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی طبقاتی</t>
   </si>
   <si>
     <t xml:space="preserve">گیربکس خورشیدی عمودی نصب</t>
   </si>
   <si>
-    <t xml:space="preserve">سایز 63 گیربکس چینی مکعبی</t>
-[...137 lines deleted...]
-    <t xml:space="preserve">وارد کننده گیربکس مکعبی ks</t>
+    <t xml:space="preserve">نمایندگی فروش موتور ویبره روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی لوازم موتور ویبره روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی لوازم یدکی ویبره بدنه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش موتور ویبره روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه 500 کیلویی ایرانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه 500 کیلویی چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه 1000کیلویی ایرانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه 1000کیلویی ترک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه 5000 کیلویی ترک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه ایتالیایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه ایرانی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور ایتالیایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور بادی اینارکو اسپانیا</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور بادی بریکر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور بادی بی تی بلژیک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور بادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور دریلی (بدنه آلمینیومی)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبراتور کورمکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره الومینیومی پرومکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره ایران کوب 1  اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره ایران کوب 1.5 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره ایران کوب 2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره ایران کوب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره بادی انارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره بادی بریکر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره بادی داناپک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره بادی کره ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره بادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره بتن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره برقی 1 متری دریلی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره برقی 1.5 اینچ ایران کوب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره برقی 2 اینچ ایران کوب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره برقی 2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره برقی 2 متری دریلی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره برقی 3 متری دریلی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره پلاستیکی پرومکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره پوسته صاف</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره چینی 1.5 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره چینی 2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره دریلی 1 متری</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره دریلی 2 متری</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره دریلی 3 متری</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره دریلی پرومکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیلنگ ویبره دریلی چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش شیلنگ ویبره بادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عاملیت فروش شیلنگ ویبره ایران کوب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت شیلنگ ویبره ایران کوب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیلنگ ویبراتور اینارکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیلنگ ویبراتور کورمکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی شیلنگ ویبره پرومکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیلنگ ویبراتور بادی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیلنگ ویبره ایران کوب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش ویبره دریلی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده ویبره دریلی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبراتور دوشی برقی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره دریلی پرومکس</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره دریلی چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره دریلی کره ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 100 کیلو گرم ترک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 100 کیلو گرم چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 200 کیلو گرم ترک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 200 کیلو گرم چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 300 کیلو گرم چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 500 کیلو گرم ترک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 1000 کیلوگرم چینی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره 2000 کیلو گرم ترک</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش ویبره بتن روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده ویبره بتن  بنزینی روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده ویبره بتن روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده ویبره بتن روبین</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بتن برقی با دینام الکو</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بتن برقی با دینام چینی تکفاز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بتن برقی با دینام موتوژن تکفاز</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بتن موتور دیزلی 5 اسب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بتن موتور دیزلی 7 اسب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش ویبره بدنه TS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه  تک فاز TS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه 20 کیلویی TS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه ایرانی  TSS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه کوچک TS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش ویبره بدنه کمپ ترکیه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">موتور ویبره ترکیه ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">موتور ویبره کمپ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش ویبره بدنه کمپ KEMP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده ویبره بدنه کمپ  KEMP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه برقی ترکیه ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه برقی کمپ CPV</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه سه فاز 1500 دور</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه سه فاز ترکیه ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه سه فاز کمپ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه کمپ  KEMP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه کمپ ترکیه ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ویبره بدنه کمپ تک فاز</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1270,150 +1270,150 @@
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>4</v>
       </c>
       <c r="C12" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>4</v>
       </c>
       <c r="C13" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="B14" t="s">
         <v>4</v>
       </c>
       <c r="C14" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B15" t="s">
         <v>4</v>
       </c>
       <c r="C15" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B16" t="s">
         <v>4</v>
       </c>
       <c r="C16" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B17" t="s">
         <v>4</v>
       </c>
       <c r="C17" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
         <v>4</v>
       </c>
       <c r="C18" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B19" t="s">
         <v>4</v>
       </c>
       <c r="C19" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B20" t="s">
         <v>4</v>
       </c>
       <c r="C20" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B21" t="s">
         <v>4</v>
       </c>
       <c r="C21" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B22" t="s">
         <v>4</v>
       </c>
       <c r="C22" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="B23" t="s">
         <v>4</v>
       </c>
       <c r="C23" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>25</v>
       </c>
       <c r="B24" t="s">
         <v>4</v>
       </c>
       <c r="C24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>26</v>
       </c>
       <c r="B25" t="s">
         <v>4</v>
@@ -1765,832 +1765,832 @@
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>58</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>59</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>66</v>
+        <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>4</v>
       </c>
       <c r="C85" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>4</v>
       </c>
       <c r="C89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>4</v>
       </c>
       <c r="C90" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>4</v>
       </c>
       <c r="C91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>4</v>
       </c>
       <c r="C92" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>95</v>
+        <v>69</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>11</v>
+        <v>93</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>8</v>
+        <v>99</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>
       </c>
       <c r="C104" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B105" t="s">
         <v>4</v>
       </c>
       <c r="C105" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="B106" t="s">
         <v>4</v>
       </c>
       <c r="C106" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="B107" t="s">
         <v>4</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B108" t="s">
         <v>4</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B109" t="s">
         <v>4</v>
       </c>
       <c r="C109" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="B110" t="s">
         <v>4</v>
       </c>
       <c r="C110" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="B111" t="s">
         <v>4</v>
       </c>
       <c r="C111" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="B112" t="s">
         <v>4</v>
       </c>
       <c r="C112" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="B113" t="s">
         <v>4</v>
       </c>
       <c r="C113" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="B114" t="s">
         <v>4</v>
       </c>
       <c r="C114" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="B115" t="s">
         <v>4</v>
       </c>
       <c r="C115" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="B116" t="s">
         <v>4</v>
       </c>
       <c r="C116" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="B117" t="s">
         <v>4</v>
       </c>
       <c r="C117" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="B118" t="s">
         <v>4</v>
       </c>
       <c r="C118" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B119" t="s">
         <v>4</v>
       </c>
       <c r="C119" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B120" t="s">
         <v>4</v>
       </c>
       <c r="C120" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B121" t="s">
         <v>4</v>
       </c>
       <c r="C121" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B122" t="s">
         <v>4</v>
       </c>
       <c r="C122" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B123" t="s">
         <v>4</v>
       </c>
       <c r="C123" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B124" t="s">
         <v>4</v>
       </c>
       <c r="C124" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B125" t="s">
         <v>4</v>
       </c>
       <c r="C125" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B126" t="s">
         <v>4</v>
       </c>
       <c r="C126" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B127" t="s">
         <v>4</v>
       </c>
       <c r="C127" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B128" t="s">
         <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B129" t="s">
         <v>4</v>
       </c>
       <c r="C129" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>105</v>
+        <v>128</v>
       </c>
       <c r="B130" t="s">
         <v>4</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>129</v>
       </c>
       <c r="B131" t="s">
         <v>4</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>130</v>
       </c>
       <c r="B132" t="s">
         <v>4</v>