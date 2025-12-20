--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -301,50 +301,59 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">رگلاتور دانکین (donkin)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -1974,50 +1983,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">شیر برقی ماداس </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بالانسر گاز جیوانز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بالانسر گاز کروم</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بالانسر گاز ماداس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 