--- v1 (2025-12-20)
+++ v2 (2026-02-18)
@@ -1072,206 +1072,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">فروشنده گیج ولو HANSFELD</w:t>
-[...154 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروش پوزیشنر فیشر </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2061,50 +1905,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">بالانسر گاز ماداس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فیلتر گاز دانگز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فیلتر گاز الکتروگاز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فیلتر گاز ماداس</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پرشر گاز و هوا دانگز</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پرشر گاز و هوای کروم</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پرشر گاز وهوا ماداس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 