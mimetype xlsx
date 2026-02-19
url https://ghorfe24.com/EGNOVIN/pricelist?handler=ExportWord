--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -802,50 +802,122 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">پوتین 3max پوتین ایمن پا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -6817,50 +6889,674 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نازل کف ساز CVZ مدل M4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش عمده ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده ماسک ایمنی دراگر حسن اباد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 3300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 3500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 4300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 4340</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 4390</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 4700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 5500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 6300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 6530</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 7300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 7500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر 8700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش ماسک ایمنی دراگر 6300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش ماسک ایمنی دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی ماسک ایمنی دراگر تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی ماسک دراگر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش ماسک ایمنی دراگر</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 