--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="ایمن گستران نوین" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="705" uniqueCount="236">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="777" uniqueCount="259">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">پخش کننده پوتین ایمن پا</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">پوتین ضد باکتری ایمن پا</t>
   </si>
   <si>
     <t xml:space="preserve">پوتین 3max پوتین ایمن پا</t>
   </si>
   <si>
     <t xml:space="preserve">پوتین آلفا کاپدار ایمن پا</t>
   </si>
   <si>
@@ -715,50 +715,119 @@
     <t xml:space="preserve">شیلنگ آتش نشانی اشباخ ضداسید</t>
   </si>
   <si>
     <t xml:space="preserve">شیلنگ آتش نشانی چینی Pro</t>
   </si>
   <si>
     <t xml:space="preserve">شیلنگ آتش نشانی هابرکورن</t>
   </si>
   <si>
     <t xml:space="preserve">نازل تفنگی 500 لیتری پوک (pok)</t>
   </si>
   <si>
     <t xml:space="preserve">نازل تفنگی 500 لیتری دلتا (Delta)</t>
   </si>
   <si>
     <t xml:space="preserve">نازل کف ساز 400 لیتر AWG مدل s4</t>
   </si>
   <si>
     <t xml:space="preserve">نازل کف ساز 400 لیتری AWG مدل M4</t>
   </si>
   <si>
     <t xml:space="preserve">نازل کف ساز 400 لیتری دلتا (Delta) s4</t>
   </si>
   <si>
     <t xml:space="preserve">نازل کف ساز CVZ مدل M4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش عمده ماسک ایمنی دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">خرید ماسک ایمنی دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش ماسک ایمنی دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده ماسک ایمنی دراگر حسن اباد</t>
+  </si>
+  <si>
+    <t xml:space="preserve">قیمت ماسک ایمنی دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 3300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 3500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 4300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 4340</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 4390</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 4700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 5500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 6300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 6530</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 7300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 7500</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر 8700</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ماسک ایمنی دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش ماسک ایمنی دراگر 6300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش ماسک ایمنی دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی ماسک ایمنی دراگر تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی ماسک دراگر</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده فروش ماسک ایمنی دراگر</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -3353,50 +3422,314 @@
         <v>4</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>234</v>
       </c>
       <c r="B234" t="s">
         <v>4</v>
       </c>
       <c r="C234" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>235</v>
       </c>
       <c r="B235" t="s">
         <v>4</v>
       </c>
       <c r="C235" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>236</v>
+      </c>
+      <c r="B236" t="s">
+        <v>4</v>
+      </c>
+      <c r="C236" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>237</v>
+      </c>
+      <c r="B237" t="s">
+        <v>4</v>
+      </c>
+      <c r="C237" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>238</v>
+      </c>
+      <c r="B238" t="s">
+        <v>4</v>
+      </c>
+      <c r="C238" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>239</v>
+      </c>
+      <c r="B239" t="s">
+        <v>4</v>
+      </c>
+      <c r="C239" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>240</v>
+      </c>
+      <c r="B240" t="s">
+        <v>4</v>
+      </c>
+      <c r="C240" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>241</v>
+      </c>
+      <c r="B241" t="s">
+        <v>4</v>
+      </c>
+      <c r="C241" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>242</v>
+      </c>
+      <c r="B242" t="s">
+        <v>4</v>
+      </c>
+      <c r="C242" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>243</v>
+      </c>
+      <c r="B243" t="s">
+        <v>4</v>
+      </c>
+      <c r="C243" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>244</v>
+      </c>
+      <c r="B244" t="s">
+        <v>4</v>
+      </c>
+      <c r="C244" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>245</v>
+      </c>
+      <c r="B245" t="s">
+        <v>4</v>
+      </c>
+      <c r="C245" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>246</v>
+      </c>
+      <c r="B246" t="s">
+        <v>4</v>
+      </c>
+      <c r="C246" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>247</v>
+      </c>
+      <c r="B247" t="s">
+        <v>4</v>
+      </c>
+      <c r="C247" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>248</v>
+      </c>
+      <c r="B248" t="s">
+        <v>4</v>
+      </c>
+      <c r="C248" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>249</v>
+      </c>
+      <c r="B249" t="s">
+        <v>4</v>
+      </c>
+      <c r="C249" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>250</v>
+      </c>
+      <c r="B250" t="s">
+        <v>4</v>
+      </c>
+      <c r="C250" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>251</v>
+      </c>
+      <c r="B251" t="s">
+        <v>4</v>
+      </c>
+      <c r="C251" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>252</v>
+      </c>
+      <c r="B252" t="s">
+        <v>4</v>
+      </c>
+      <c r="C252" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>253</v>
+      </c>
+      <c r="B253" t="s">
+        <v>4</v>
+      </c>
+      <c r="C253" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>253</v>
+      </c>
+      <c r="B254" t="s">
+        <v>4</v>
+      </c>
+      <c r="C254" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>254</v>
+      </c>
+      <c r="B255" t="s">
+        <v>4</v>
+      </c>
+      <c r="C255" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>255</v>
+      </c>
+      <c r="B256" t="s">
+        <v>4</v>
+      </c>
+      <c r="C256" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>256</v>
+      </c>
+      <c r="B257" t="s">
+        <v>4</v>
+      </c>
+      <c r="C257" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>257</v>
+      </c>
+      <c r="B258" t="s">
+        <v>4</v>
+      </c>
+      <c r="C258" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>258</v>
+      </c>
+      <c r="B259" t="s">
+        <v>4</v>
+      </c>
+      <c r="C259" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">