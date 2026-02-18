--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -400,50 +400,200 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نمایند فروش شیر گازی حقیقی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -2931,50 +3081,1350 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نمایندگی فروش نوار عایق التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش نوار سرجوش </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش نوار سرجوش</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 2 سانت التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 5 سانت </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 5 سانت التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 10 سانت </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 10 سانت التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 15 سانت التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 20 سانت </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش 20 سانت التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش سفید </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش سفید التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش سیاه </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش سیاه التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش سیاه</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش عایق بندی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش عایق لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق سرجوش </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق سرجوش خطوط لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بورس فروش نوار عایق التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده نوار عایق التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده نوار عایق التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی نوار عایق التن </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده نوار عایق التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 1 اینچ التن </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 2 اینچ التن </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 4 اینچ التن (3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 6 اینچ التن </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 8 اینچ التن </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده نوار عایق لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">توزیع کننده نوار عایق رلوله </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش نوار عایق لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش نوار عایق التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی نوار عایق لوله </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی نوار عایق لوله التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی نوار عایق لوله تهران</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار  عایق لوله 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار  عایق لوله 4 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار  عایق لوله 6 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار  عایق لوله 10 سانت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرد عایق لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سیاه عایق لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق سرجوش اب و فاضلاب</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق لوله 4 سانت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق لوله 5 سانت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق لوله 8 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق لوله 10 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق لوله 15 سانت</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق لوله 20 سانت </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده نوار عایق لوله </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 