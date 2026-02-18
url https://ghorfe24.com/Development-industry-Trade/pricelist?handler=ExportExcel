--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,51 +7,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="بازرگانی توسعه و صنعت ۰۲۱۳۳۹۱۰۱" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="453" uniqueCount="154">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده شیر گازی حقیقی بازار</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">پخش کننده شیر گازی حقیقی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایند فروش شیر گازی حقیقی</t>
   </si>
   <si>
     <t xml:space="preserve">لیست قیمت شیر گازی حقیقی</t>
   </si>
   <si>
@@ -319,50 +319,200 @@
     <t xml:space="preserve">نوار 1 اینچ التن</t>
   </si>
   <si>
     <t xml:space="preserve">نوار 2 اینچ  التن</t>
   </si>
   <si>
     <t xml:space="preserve">نوار 4 اینچ التن</t>
   </si>
   <si>
     <t xml:space="preserve">نوار 6 اینچ التن</t>
   </si>
   <si>
     <t xml:space="preserve">نوار دور لوله التن</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش نوار پرایمر التن</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش نوار عایق التن</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش نوار پرایمر التن</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش نوار عایق التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش نوار سرجوش </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش نوار سرجوش</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 2 سانت التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 5 سانت </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 5 سانت التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 10 سانت </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 10 سانت التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 15 سانت التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 20 سانت </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش 20 سانت التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش سفید </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش سفید التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش سیاه </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش سیاه التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش سیاه</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش عایق بندی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرجوش عایق لوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق سرجوش </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق سرجوش خطوط لوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بورس فروش نوار عایق التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده نوار عایق التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروشنده نوار عایق التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی نوار عایق التن </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نماینده نوار عایق التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق 1 اینچ التن </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق 2 اینچ التن </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق 4 اینچ التن (3)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق 6 اینچ التن </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق 8 اینچ التن </t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده نوار عایق لوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">توزیع کننده نوار عایق رلوله </t>
+  </si>
+  <si>
+    <t xml:space="preserve">عامل فروش نوار عایق لوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">فروش نوار عایق التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی نوار عایق لوله </t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی نوار عایق لوله التن</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی نوار عایق لوله تهران</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار  عایق لوله 2 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار  عایق لوله 4 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار  عایق لوله 6 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار  عایق لوله 10 سانت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سرد عایق لوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار سیاه عایق لوله</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق سرجوش اب و فاضلاب</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق لوله 4 سانت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق لوله 5 سانت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق لوله 8 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق لوله 10 اینچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق لوله 15 سانت</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نوار عایق لوله 20 سانت </t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده نوار عایق لوله </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1483,50 +1633,600 @@
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>104</v>
+      </c>
+      <c r="B102" t="s">
+        <v>4</v>
+      </c>
+      <c r="C102" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>105</v>
+      </c>
+      <c r="B103" t="s">
+        <v>4</v>
+      </c>
+      <c r="C103" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>106</v>
+      </c>
+      <c r="B104" t="s">
+        <v>4</v>
+      </c>
+      <c r="C104" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>107</v>
+      </c>
+      <c r="B105" t="s">
+        <v>4</v>
+      </c>
+      <c r="C105" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>108</v>
+      </c>
+      <c r="B106" t="s">
+        <v>4</v>
+      </c>
+      <c r="C106" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>109</v>
+      </c>
+      <c r="B107" t="s">
+        <v>4</v>
+      </c>
+      <c r="C107" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>110</v>
+      </c>
+      <c r="B108" t="s">
+        <v>4</v>
+      </c>
+      <c r="C108" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>111</v>
+      </c>
+      <c r="B109" t="s">
+        <v>4</v>
+      </c>
+      <c r="C109" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>112</v>
+      </c>
+      <c r="B110" t="s">
+        <v>4</v>
+      </c>
+      <c r="C110" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>113</v>
+      </c>
+      <c r="B111" t="s">
+        <v>4</v>
+      </c>
+      <c r="C111" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>114</v>
+      </c>
+      <c r="B112" t="s">
+        <v>4</v>
+      </c>
+      <c r="C112" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>115</v>
+      </c>
+      <c r="B113" t="s">
+        <v>4</v>
+      </c>
+      <c r="C113" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>116</v>
+      </c>
+      <c r="B114" t="s">
+        <v>4</v>
+      </c>
+      <c r="C114" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>117</v>
+      </c>
+      <c r="B115" t="s">
+        <v>4</v>
+      </c>
+      <c r="C115" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>118</v>
+      </c>
+      <c r="B116" t="s">
+        <v>4</v>
+      </c>
+      <c r="C116" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>119</v>
+      </c>
+      <c r="B117" t="s">
+        <v>4</v>
+      </c>
+      <c r="C117" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>120</v>
+      </c>
+      <c r="B118" t="s">
+        <v>4</v>
+      </c>
+      <c r="C118" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>121</v>
+      </c>
+      <c r="B119" t="s">
+        <v>4</v>
+      </c>
+      <c r="C119" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>122</v>
+      </c>
+      <c r="B120" t="s">
+        <v>4</v>
+      </c>
+      <c r="C120" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>123</v>
+      </c>
+      <c r="B121" t="s">
+        <v>4</v>
+      </c>
+      <c r="C121" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>124</v>
+      </c>
+      <c r="B122" t="s">
+        <v>4</v>
+      </c>
+      <c r="C122" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>125</v>
+      </c>
+      <c r="B123" t="s">
+        <v>4</v>
+      </c>
+      <c r="C123" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>126</v>
+      </c>
+      <c r="B124" t="s">
+        <v>4</v>
+      </c>
+      <c r="C124" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>127</v>
+      </c>
+      <c r="B125" t="s">
+        <v>4</v>
+      </c>
+      <c r="C125" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>128</v>
+      </c>
+      <c r="B126" t="s">
+        <v>4</v>
+      </c>
+      <c r="C126" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>129</v>
+      </c>
+      <c r="B127" t="s">
+        <v>4</v>
+      </c>
+      <c r="C127" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>130</v>
+      </c>
+      <c r="B128" t="s">
+        <v>4</v>
+      </c>
+      <c r="C128" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>131</v>
+      </c>
+      <c r="B129" t="s">
+        <v>4</v>
+      </c>
+      <c r="C129" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>132</v>
+      </c>
+      <c r="B130" t="s">
+        <v>4</v>
+      </c>
+      <c r="C130" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>133</v>
+      </c>
+      <c r="B131" t="s">
+        <v>4</v>
+      </c>
+      <c r="C131" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>134</v>
+      </c>
+      <c r="B132" t="s">
+        <v>4</v>
+      </c>
+      <c r="C132" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>135</v>
+      </c>
+      <c r="B133" t="s">
+        <v>4</v>
+      </c>
+      <c r="C133" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>136</v>
+      </c>
+      <c r="B134" t="s">
+        <v>4</v>
+      </c>
+      <c r="C134" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>137</v>
+      </c>
+      <c r="B135" t="s">
+        <v>4</v>
+      </c>
+      <c r="C135" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>138</v>
+      </c>
+      <c r="B136" t="s">
+        <v>4</v>
+      </c>
+      <c r="C136" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>139</v>
+      </c>
+      <c r="B137" t="s">
+        <v>4</v>
+      </c>
+      <c r="C137" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>140</v>
+      </c>
+      <c r="B138" t="s">
+        <v>4</v>
+      </c>
+      <c r="C138" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>141</v>
+      </c>
+      <c r="B139" t="s">
+        <v>4</v>
+      </c>
+      <c r="C139" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>142</v>
+      </c>
+      <c r="B140" t="s">
+        <v>4</v>
+      </c>
+      <c r="C140" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>143</v>
+      </c>
+      <c r="B141" t="s">
+        <v>4</v>
+      </c>
+      <c r="C141" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>144</v>
+      </c>
+      <c r="B142" t="s">
+        <v>4</v>
+      </c>
+      <c r="C142" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>145</v>
+      </c>
+      <c r="B143" t="s">
+        <v>4</v>
+      </c>
+      <c r="C143" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>146</v>
+      </c>
+      <c r="B144" t="s">
+        <v>4</v>
+      </c>
+      <c r="C144" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>147</v>
+      </c>
+      <c r="B145" t="s">
+        <v>4</v>
+      </c>
+      <c r="C145" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>148</v>
+      </c>
+      <c r="B146" t="s">
+        <v>4</v>
+      </c>
+      <c r="C146" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>149</v>
+      </c>
+      <c r="B147" t="s">
+        <v>4</v>
+      </c>
+      <c r="C147" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>150</v>
+      </c>
+      <c r="B148" t="s">
+        <v>4</v>
+      </c>
+      <c r="C148" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>151</v>
+      </c>
+      <c r="B149" t="s">
+        <v>4</v>
+      </c>
+      <c r="C149" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>152</v>
+      </c>
+      <c r="B150" t="s">
+        <v>4</v>
+      </c>
+      <c r="C150" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>153</v>
+      </c>
+      <c r="B151" t="s">
+        <v>4</v>
+      </c>
+      <c r="C151" t="s">
+        <v>4</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">