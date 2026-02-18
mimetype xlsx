--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -574,401 +574,84 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
-            <w:r>
-[...289 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">سه راه استیل جوشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر صافی استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بورس فروش شیر صافی استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -977,76 +660,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی فروش شیر سوزنی استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده فلنج استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1289,259 +946,441 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بال ولو استیل</w:t>
-[...207 lines deleted...]
-              <w:t xml:space="preserve">شیر صافی استیل 304</w:t>
+              <w:t xml:space="preserve">پخش کننده شیر توپی استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی استیل 316</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر توپی استیل اروپایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر سوزنی استیل  کلاس 150</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر صافی استنلس استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر صافی استیل دنده ای</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر صافی فلنج‌دار استنلس استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر صافی استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر صافی استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده شیر کشویی استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی استیل اروپایی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیر کشویی استیل کلاس 300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بال ولو استنلس استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بال ولو استیل 4 پیچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بال ولو استیل تمام استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">بال ولو استیل دنده ای 304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1549,1558 +1388,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر گازی استیل 316</w:t>
-[...1506 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده بال ولو سه تیکه استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3265,154 +1596,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده فلنج استیل استاندارد</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده فلنج استیل تخت</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده فلنج استیل رده 10</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده فلنج استیل کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3447,76 +1700,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده فلنج استیل کور</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده فلنج استیل گلوبلند</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3759,154 +1986,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر توپی استنلس استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر توپی استیل 304</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر توپی استیل 316</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر توپی استیل کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3941,102 +2090,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر توپی kitz کیتز</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر توپی استیل 317L</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4565,128 +2662,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر کشویی استیل PN16</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر کشویی استیل WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر کشویی استیل دنده ای 316</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر کشویی استیل دنده ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4695,102 +2740,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر کشویی استیل صنعتی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر کشویی استیل کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4851,76 +2844,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر کشویی استیل  PN16</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی استیل  WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5007,76 +2974,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر کشویی استیل فلنجدار</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی استیل کلاس 150 wcb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5111,128 +3052,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر کشویی تمام استیل 316</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نمایندگی شیر کشویی استیل  316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی فروش شیر کشویی استیل کلاس 150</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر کشویی استیل  316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5241,76 +3130,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">وارد کننده شیر کشویی استیل چینی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر کشویی استیل کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5345,154 +3208,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل API 602</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل دنده ای 316</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل دنده ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5501,102 +3286,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل صنعتی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5605,180 +3338,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل کلاس 600</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تولید کننده شیر سوزنی استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی تمام استیل 316</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر سوزنی استیل WCB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -5891,232 +3520,128 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی استیل فلنجدار</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر سوزنی استیل کلاس 150 wcb</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی استیل کلاس 300</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر سوزنی استیل کلاس 600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر سوزنی تمام استیل برنزی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نمایندگی شیر سوزنی استیل 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی فروش شیر سوزنی استیل کلاس 150</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر سوزنی استیل 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -6151,76 +3676,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">وارد کننده شیر سوزنی استیل چینی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">وارد کننده شیر سوزنی استیل کلاس 150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -7114,362 +4613,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نماینده فروش اتصالات اتصالات پنوماتیک الیت ELITE</w:t>
-            </w:r>
-[...310 lines deleted...]
-              <w:t xml:space="preserve">نماینده فروش کنتاکتور زیمنس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 