--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,412 +7,232 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="شرکت پارس پالایش پایدار" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="768" uniqueCount="253">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="477" uniqueCount="158">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">سه راه استیل جوشی</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر صافی استیل</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">بورس فروش شیر صافی استیل</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی فروش شیر سوزنی استیل</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج استیل لبه دار</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج استیل گلودار</t>
   </si>
   <si>
     <t xml:space="preserve">تامین کننده فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج استیل کور</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج استیل عینکی</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج استیل 304</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج استیل تخت</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">پخش کننده فلنج استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">بال ولو استیل</t>
-[...23 lines deleted...]
-    <t xml:space="preserve">شیر صافی استیل 304</t>
+    <t xml:space="preserve">پخش کننده شیر توپی استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی استیل 316</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر توپی استیل اروپایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر سوزنی استیل  کلاس 150</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر صافی استنلس استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر صافی استیل دنده ای</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر صافی فلنج‌دار استنلس استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">نمایندگی فروش شیر صافی استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">وارد کننده شیر صافی استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">پخش کننده شیر کشویی استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی استیل اروپایی</t>
+  </si>
+  <si>
+    <t xml:space="preserve">شیر کشویی استیل کلاس 300</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بال ولو استنلس استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بال ولو استیل 4 پیچ</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بال ولو استیل تمام استیل</t>
+  </si>
+  <si>
+    <t xml:space="preserve">بال ولو استیل دنده ای 304</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده بال ولو استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر گازی استیل 316</t>
-[...166 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده بال ولو سه تیکه استیل</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده بال ولو کلاس 150 استیل</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده بال ولو کلاس 300 استیل</t>
   </si>
   <si>
     <t xml:space="preserve">بورس فروش فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل 304</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل  اسلیپون</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل 316</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده فلنج استیل استاندارد</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده فلنج استیل تخت</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده فلنج استیل رده 10</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده فلنج استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل کلاس 900</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده فلنج استیل کور</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده فلنج استیل گلوبلند</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل گلودار</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده فلنج استیل اسلیپون</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت تولیدی فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش فلنج استیل 304</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش فلنچ استیل در بازار</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده رسمی فلنج استیل</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر توپی استیل کلاس 300</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر توپی استنلس استیل</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر توپی استیل 304</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر توپی استیل 316</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر توپی استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر توپی استیل</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر توپی داپلکس استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر توپی kitz کیتز</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر توپی استیل 317L</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل dn50</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل اروپایی کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل فلنجدار 316</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل فلنجدار pn16</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل کلاس 300 wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی استیل کیتز kitz</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی تمام استیل 316</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی تمام استیل کلاس 150</t>
@@ -435,236 +255,167 @@
   <si>
     <t xml:space="preserve">شیر توپی کیتز استیل اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر توپی استیل در بازار</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی شیر توپی استیل فلنجدار</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر توپی استیل</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش شیر توپی کیتز استیل</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر توپی استیل کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل 316</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل API 602</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر کشویی استیل PN16</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل WCB</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر کشویی استیل دنده ای 316</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل ساکت</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر کشویی استیل صنعتی</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر کشویی استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی استیل  PN16</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی استیل  WCB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل  دنده ای فنجدار</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل  فلنجدار اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل  کلاس 150 اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل api 600</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی استیل فلنجدار</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی استیل کلاس 150 wcb</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی استیل KOJO</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر کشویی تمام استیل 316</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">نمایندگی شیر کشویی استیل  316</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی فروش شیر کشویی استیل کلاس 150</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر کشویی استیل  316</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر کشویی استیل  کلاس 300</t>
   </si>
   <si>
-    <t xml:space="preserve">وارد کننده شیر کشویی استیل چینی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر کشویی استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر کشویی استیل کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل 316</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر سوزنی استیل API 602</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل WCB</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر سوزنی استیل دنده ای 316</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل ساکت</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر سوزنی استیل صنعتی</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل کلاس 300</t>
   </si>
   <si>
-    <t xml:space="preserve">تولید کننده شیر سوزنی استیل کلاس 600</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تولید کننده شیر سوزنی استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی تمام استیل 316</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر سوزنی استیل WCB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل فلنجدار اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل کلاس 150 اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل گلو بلند</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل api 600</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل KOJO</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی استیل فلنجدار</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر سوزنی استیل کلاس 150 wcb</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی استیل کلاس 300</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر سوزنی استیل کلاس 600</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر سوزنی تمام استیل برنزی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">نمایندگی شیر سوزنی استیل 316</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی فروش شیر سوزنی استیل کلاس 150</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی استیل 316</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی استیل کلاس 300</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی استیل 900</t>
   </si>
   <si>
-    <t xml:space="preserve">وارد کننده شیر سوزنی استیل چینی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی استیل کلاس 150</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی استیل کلاس 600</t>
   </si>
   <si>
     <t xml:space="preserve">اتصال رابط پنوماتیک CDC</t>
   </si>
   <si>
     <t xml:space="preserve">اتصال رابط تابلویی CDC</t>
   </si>
   <si>
     <t xml:space="preserve">اتصال سرجکی CDC</t>
   </si>
   <si>
     <t xml:space="preserve">اتصال مستقیم CDC</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات CDC</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات پنوماتیک  CDC</t>
   </si>
   <si>
     <t xml:space="preserve">چک ولو پنوماتیک CDC</t>
@@ -730,86 +481,50 @@
     <t xml:space="preserve">ضربه گیر استیل فستو </t>
   </si>
   <si>
     <t xml:space="preserve">ضربه گیر فستو YSR 10-10 C     festo</t>
   </si>
   <si>
     <t xml:space="preserve">ضربه گیر فولادی فستو</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور فستو LFR-D-MIDI  festo</t>
   </si>
   <si>
     <t xml:space="preserve">فیلتر رگلاتور فستو LFR-D-MINI  festo</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده رگلاتور فستو</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات پنوماتیک الیت</t>
   </si>
   <si>
     <t xml:space="preserve">جک پروفیلی dnc -الیت elite</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش اتصالات اتصالات پنوماتیک الیت ELITE</t>
-  </si>
-[...34 lines deleted...]
-    <t xml:space="preserve">نماینده فروش کنتاکتور زیمنس</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -1239,2443 +954,1376 @@
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>39</v>
       </c>
       <c r="B37" t="s">
         <v>4</v>
       </c>
       <c r="C37" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>40</v>
       </c>
       <c r="B38" t="s">
         <v>4</v>
       </c>
       <c r="C38" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>41</v>
+        <v>12</v>
       </c>
       <c r="B39" t="s">
         <v>4</v>
       </c>
       <c r="C39" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B41" t="s">
         <v>4</v>
       </c>
       <c r="C41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B43" t="s">
         <v>4</v>
       </c>
       <c r="C43" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
       </c>
       <c r="C44" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B45" t="s">
         <v>4</v>
       </c>
       <c r="C45" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B47" t="s">
         <v>4</v>
       </c>
       <c r="C47" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B48" t="s">
         <v>4</v>
       </c>
       <c r="C48" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>51</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
         <v>4</v>
       </c>
       <c r="C49" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>55</v>
+        <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>4</v>
       </c>
       <c r="C53" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>4</v>
       </c>
       <c r="C55" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>58</v>
+        <v>9</v>
       </c>
       <c r="B56" t="s">
         <v>4</v>
       </c>
       <c r="C56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="B85" t="s">
         <v>4</v>
       </c>
       <c r="C85" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="B86" t="s">
         <v>4</v>
       </c>
       <c r="C86" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
       <c r="B87" t="s">
         <v>4</v>
       </c>
       <c r="C87" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B88" t="s">
         <v>4</v>
       </c>
       <c r="C88" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B89" t="s">
         <v>4</v>
       </c>
       <c r="C89" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B90" t="s">
         <v>4</v>
       </c>
       <c r="C90" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B91" t="s">
         <v>4</v>
       </c>
       <c r="C91" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>14</v>
+        <v>90</v>
       </c>
       <c r="B92" t="s">
         <v>4</v>
       </c>
       <c r="C92" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B93" t="s">
         <v>4</v>
       </c>
       <c r="C93" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B94" t="s">
         <v>4</v>
       </c>
       <c r="C94" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B95" t="s">
         <v>4</v>
       </c>
       <c r="C95" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B96" t="s">
         <v>4</v>
       </c>
       <c r="C96" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B97" t="s">
         <v>4</v>
       </c>
       <c r="C97" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B98" t="s">
         <v>4</v>
       </c>
       <c r="C98" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="B99" t="s">
         <v>4</v>
       </c>
       <c r="C99" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B102" t="s">
         <v>4</v>
       </c>
       <c r="C102" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B103" t="s">
         <v>4</v>
       </c>
       <c r="C103" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B104" t="s">
         <v>4</v>
       </c>
       <c r="C104" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="B105" t="s">
         <v>4</v>
       </c>
       <c r="C105" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>17</v>
+        <v>104</v>
       </c>
       <c r="B106" t="s">
         <v>4</v>
       </c>
       <c r="C106" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>105</v>
       </c>
       <c r="B107" t="s">
         <v>4</v>
       </c>
       <c r="C107" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>106</v>
       </c>
       <c r="B108" t="s">
         <v>4</v>
       </c>
       <c r="C108" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>107</v>
       </c>
       <c r="B109" t="s">
         <v>4</v>
       </c>
       <c r="C109" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>20</v>
+        <v>108</v>
       </c>
       <c r="B110" t="s">
         <v>4</v>
       </c>
       <c r="C110" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B111" t="s">
         <v>4</v>
       </c>
       <c r="C111" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B112" t="s">
         <v>4</v>
       </c>
       <c r="C112" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>11</v>
+        <v>111</v>
       </c>
       <c r="B113" t="s">
         <v>4</v>
       </c>
       <c r="C113" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B114" t="s">
         <v>4</v>
       </c>
       <c r="C114" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="B115" t="s">
         <v>4</v>
       </c>
       <c r="C115" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B116" t="s">
         <v>4</v>
       </c>
       <c r="C116" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="B117" t="s">
         <v>4</v>
       </c>
       <c r="C117" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B118" t="s">
         <v>4</v>
       </c>
       <c r="C118" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B119" t="s">
         <v>4</v>
       </c>
       <c r="C119" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B120" t="s">
         <v>4</v>
       </c>
       <c r="C120" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B121" t="s">
         <v>4</v>
       </c>
       <c r="C121" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B122" t="s">
         <v>4</v>
       </c>
       <c r="C122" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B123" t="s">
         <v>4</v>
       </c>
       <c r="C123" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B124" t="s">
         <v>4</v>
       </c>
       <c r="C124" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B125" t="s">
         <v>4</v>
       </c>
       <c r="C125" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B126" t="s">
         <v>4</v>
       </c>
       <c r="C126" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B127" t="s">
         <v>4</v>
       </c>
       <c r="C127" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="B128" t="s">
         <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B129" t="s">
         <v>4</v>
       </c>
       <c r="C129" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="B130" t="s">
         <v>4</v>
       </c>
       <c r="C130" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B131" t="s">
         <v>4</v>
       </c>
       <c r="C131" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="B132" t="s">
         <v>4</v>
       </c>
       <c r="C132" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B133" t="s">
         <v>4</v>
       </c>
       <c r="C133" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="B134" t="s">
         <v>4</v>
       </c>
       <c r="C134" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B135" t="s">
         <v>4</v>
       </c>
       <c r="C135" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B136" t="s">
         <v>4</v>
       </c>
       <c r="C136" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B137" t="s">
         <v>4</v>
       </c>
       <c r="C137" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="B138" t="s">
         <v>4</v>
       </c>
       <c r="C138" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B139" t="s">
         <v>4</v>
       </c>
       <c r="C139" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B140" t="s">
         <v>4</v>
       </c>
       <c r="C140" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B141" t="s">
         <v>4</v>
       </c>
       <c r="C141" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B142" t="s">
         <v>4</v>
       </c>
       <c r="C142" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B143" t="s">
         <v>4</v>
       </c>
       <c r="C143" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="B144" t="s">
         <v>4</v>
       </c>
       <c r="C144" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B145" t="s">
         <v>4</v>
       </c>
       <c r="C145" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="B146" t="s">
         <v>4</v>
       </c>
       <c r="C146" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B147" t="s">
         <v>4</v>
       </c>
       <c r="C147" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B148" t="s">
         <v>4</v>
       </c>
       <c r="C148" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B149" t="s">
         <v>4</v>
       </c>
       <c r="C149" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="B150" t="s">
         <v>4</v>
       </c>
       <c r="C150" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B151" t="s">
         <v>4</v>
       </c>
       <c r="C151" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="B152" t="s">
         <v>4</v>
       </c>
       <c r="C152" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B153" t="s">
         <v>4</v>
       </c>
       <c r="C153" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B154" t="s">
         <v>4</v>
       </c>
       <c r="C154" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B155" t="s">
         <v>4</v>
       </c>
       <c r="C155" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B156" t="s">
         <v>4</v>
       </c>
       <c r="C156" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B157" t="s">
         <v>4</v>
       </c>
       <c r="C157" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="B158" t="s">
         <v>4</v>
       </c>
       <c r="C158" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B159" t="s">
         <v>4</v>
       </c>
       <c r="C159" t="s">
-        <v>4</v>
-[...1065 lines deleted...]
-      <c r="C256" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>