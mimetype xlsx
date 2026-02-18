--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -400,203 +400,50 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
-            <w:r>
-[...151 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">عامل فروش شیرپروانه ای فولادی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -769,76 +616,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر پروانه ای فلنجدار استیل چینی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر سوزنی فورج آلیاژ استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -925,102 +746,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر خودکار فلنجدار استنلس استیل  316</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر کشویی استنلس استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1237,284 +1006,102 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بال ولو گازی دنده ای استیل 304</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">ساید گلاس استیل 316</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر اطمینان ایمنی استیل کلاس 150</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر توپی تمام استیل کلاس 300 نیپون</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر توپی فولادی کلاس 150 اوریون</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر خودکار کلاس 800 ساکت</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1627,206 +1214,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بست استیل صنایع غذایی پایدار دیواری  سقفی رگلاژی</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تراپ تفنگی دنده ای</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر pvc دسته فلزی</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر توپی ۸ اینچ فولادی کیتز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1913,76 +1370,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر غیر گازی برنجی اذر</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر فشار شکن ایتاپ ایتالیا</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2199,76 +1630,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">شیر پروانه ای گیربکسی سیت کروم استیل</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروشنده شیر پروانه ای اهرمی سیت کروم</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2511,935 +1916,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اتصالات گالوانیزه  توپی برزیل tupy</w:t>
-[...830 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">استیم تراپ یوشیتاکه ژاپن</w:t>
-            </w:r>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">شیر 90 درجه استلس استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>