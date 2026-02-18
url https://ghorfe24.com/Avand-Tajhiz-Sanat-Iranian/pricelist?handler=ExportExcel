--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,398 +7,245 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="پترو فولاد پارس" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="456" uniqueCount="155">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="104">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده اتصالات جوشی فولادی چینی</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات دنده ای تاسیساتی خیام</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش شیرپروانه ای فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی آلیاژ استیل</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر سوزنی کربن استیل  اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده چهار راه جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر توپی فولادی اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش سه راه جوشی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار فورج آلیاژ استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار فورج کربن استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر پروانه ای فلنجدار استیل چینی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر سوزنی فورج آلیاژ استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیرالات پروانه ای در خیام</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فشار شکن بخار فولادی فلنجدار</t>
   </si>
   <si>
     <t xml:space="preserve">شیرالات توپی اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار استنلس استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر خودکار فلنجدار استنلس استیل  316</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر کشویی استنلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر قفلی کنتور گاز</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر توپی کلاس 150 استیل فلنجدار</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر فلکه سوزنی اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر فلکه کشویی چینی</t>
   </si>
   <si>
     <t xml:space="preserve">تراپ فلوتر ترموستاتیک فلنجدار</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو  تمام استیل 316 کلاس 800 A105</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو  تمام استیل 316 کلاس 800 CHERO</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو  تمام استیل 316 کلاس 800 LFV</t>
   </si>
   <si>
     <t xml:space="preserve">بال ولو  تمام استیل 316 کلاس 800 ساکت</t>
   </si>
   <si>
-    <t xml:space="preserve">بال ولو گازی دنده ای استیل 304</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">ساید گلاس استیل 316</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر اطمینان ایمنی استیل کلاس 150</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر توپی تمام استیل کلاس 300 نیپون</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر توپی فولادی کلاس 150 اوریون</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر خودکار کلاس 800 ساکت</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی تمام استیل کلاس 800 OMB</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی تمام استیل کلاس 800</t>
   </si>
   <si>
     <t xml:space="preserve">شیر صافی فلنجدار کلاس 150 استیل نیپون</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده زانو استیل رده 40-304</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیر توپی تمام استیل</t>
   </si>
   <si>
-    <t xml:space="preserve">بست استیل صنایع غذایی پایدار دیواری  سقفی رگلاژی</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">تراپ تفنگی دنده ای</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر pvc دسته فلزی</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر توپی ۸ اینچ فولادی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار ۳ اینچ کلاس ۱۵۰</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار بین فلنچی اکون</t>
   </si>
   <si>
     <t xml:space="preserve">شیر خودکار دریچه ای سایز ۱.۲ تا ۴ اینچ استیل کلاس ۲۰۰</t>
   </si>
   <si>
     <t xml:space="preserve">شیر سوزنی استیل cf8m</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر غیر گازی برنجی اذر</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">شیر فشار شکن ایتاپ ایتالیا</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فکله کشویی فولادی کلاس ۱۵۰ اوریون</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی ۲ اینچ کلاس ۱۵۰ استنلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">شیر کشویی ۴ اینچ کلاس ۱۵۰ فولادی کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی ۲ اینچ ۳۱۶  ۱۰۰۰ وگ</t>
   </si>
   <si>
     <t xml:space="preserve">شیر گازی استیل ۴ پیچ  سایز ۱.۲ تا ۴ اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">شیرالات سوزنی کلاس ۱۵۰ کیتز</t>
   </si>
   <si>
     <t xml:space="preserve">شیرالات کشویی کلاس ۱۵۰ از سایز ۱.۲ تا ۴ اینچ</t>
   </si>
   <si>
     <t xml:space="preserve">صافی استیل cf8m دنده ای</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده شیرفلکه کشویی کلاس ۸۰۰ کیتز</t>
   </si>
   <si>
-    <t xml:space="preserve">شیر پروانه ای گیربکسی سیت کروم استیل</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">فروشنده شیر پروانه ای اهرمی سیت کروم</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات  جوشی تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات  جوشی فولادی تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات جوشی تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات مانیسمان تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">زانو 90 درجه تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">سه راه جوشی تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش  اتصالات تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت اتصالات تکنو فورج</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده اتصالات تکنو فورج</t>
   </si>
   <si>
-    <t xml:space="preserve">اتصالات گالوانیزه  توپی برزیل tupy</t>
-[...94 lines deleted...]
-  <si>
     <t xml:space="preserve">استیم تراپ یوشیتاکه ژاپن</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">شیر 90 درجه استلس استیل</t>
   </si>
   <si>
     <t xml:space="preserve">مهره ماسوره هیدرولیکی فولادی</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش فلنج کور فد FAD</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده فلنج کور فد FAD</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج  PN16  فد FAD</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج  کور فولادی  فد FAD a105</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج اسپلیون فد FAD</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج اسلیپون  فولادی  فد FAD a105</t>
   </si>
   <si>
     <t xml:space="preserve">فلنج تخت فد FAD</t>
   </si>
@@ -1636,611 +1483,50 @@
         <v>4</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>102</v>
       </c>
       <c r="B100" t="s">
         <v>4</v>
       </c>
       <c r="C100" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>103</v>
       </c>
       <c r="B101" t="s">
         <v>4</v>
       </c>
       <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="102">
-[...559 lines deleted...]
-    </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <q1:Properties xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:q1="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties">