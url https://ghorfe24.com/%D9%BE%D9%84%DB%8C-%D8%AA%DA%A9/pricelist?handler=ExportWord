--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -418,206 +418,50 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
-            <w:r>
-[...154 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">فروشنده نوار عایق لوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -920,154 +764,76 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار عایق لوله سر جوش</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">خرید نوار التن مشکی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی عایق  لوله-نوار عایق  لوله</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عایق لوله سرد – نوار عایق لوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1180,233 +946,103 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار آلتن شائیک</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نماینده فروش نوار التن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار التن ایتالیا</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروش نوار التن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار عایق  لوله سر جوش</w:t>
-[...51 lines deleted...]
-              <w:t xml:space="preserve">لیست قیمت نوار التن</w:t>
+              <w:t xml:space="preserve">وارد کننده نوار التن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1414,232 +1050,102 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار عایق لوله گاز</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروش  نوار عایق لوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی نوار عایق لوله</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نوار 10 سانت آلتن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار عایق روین - نوار سرد روین</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نوار عایق سرجوش</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1674,76 +1180,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">لیست قیمت  نوار عایق لوله</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نمایندگی عایق دور لوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1830,441 +1310,1221 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار التن گاز</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نوار عایق سرجوش التن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">بال ولو اوریون</w:t>
-[...337 lines deleted...]
-              <w:t xml:space="preserve">نوار پرایمر پلی اتیلن</w:t>
+              <w:t xml:space="preserve">عامل فروش نوار رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده نوار رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت نوار رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی  نوار رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار پرایمر رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار دور لوله رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار رپینگ التن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار رپینگ عایق سرد</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار رپینگ گرم</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار رپینگ لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سفید 2 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سفید رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سفید سایز 5 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 1 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق 4 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار مشکی رپینگ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پخش کننده نوار ادرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">پرایمر آدرین شیمی p27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">خرید نوار ادرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش نوار  آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عایق  مشکی ادرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عایق کاری سرد ادرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروشنده نوار پرایمر آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">قیمت نوار ادرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نماینده فروش نوار آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار 1 اینچ آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار ادرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار پرایمر آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار سرجوش آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق  آدرین شیمیA300-30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق آدرین شیمیA200-20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار عایق مشکی آدرین شیمی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار آلتن ۲ اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار آلتن ۳ اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار آلتن ۴ اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار آلتن 6 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار آلتن 8 اینچ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار 20 سانت آلتن</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار آلتن عایق سفید</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار التن عایق لوله</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار التن عایق مشکی</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نوار التن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2272,1688 +2532,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار پرایمر گازی</w:t>
-[...1636 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نوار 5 سانت آلتن</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -3988,102 +2610,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نوار عایق سرجوش لوله دریایی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نوار عایق سفید لوله</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4170,102 +2740,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی فروش  آدرین شیمی</w:t>
-[...50 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">نماینده فروش  نوار آدرین شیمی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -4301,76 +2819,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">نوار عایق سفید  آدرین شیمی</w:t>
-            </w:r>
-[...24 lines deleted...]
-              <w:t xml:space="preserve">رنگ پرایمری  1 لیتری ادرین شیمی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>