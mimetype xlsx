--- v0 (2025-12-05)
+++ v1 (2025-12-23)
@@ -56,500 +56,428 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تراپ اسپیراکس سارکو BPS32Y</w:t>
-[...344 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">استیم تراپ ترمودینامیکی استنلس استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">استیم تراپ ترمودینامیک</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">استیم تراپ ترمودینامیکی فلنج دار</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">تراپ اسپیراکس سارکو PN40</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">تله بخار فلوتر ترموستاتیکی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -558,76 +486,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">فلومتر بروکس MFC</w:t>
-[...24 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">بال ولو با اکچویتور برقی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -844,128 +746,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">اتصالات فشار قوی فولادی 3000 -6000</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر پروانه ای دور تفلونی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -1286,128 +1110,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">صافی یکسر فلنج 150</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">شیر پروانه ای تفلونی فلوید ولو fluid valve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2873,50 +2619,362 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">وارد کننده شیر فلکه استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">تامین کننده شیرالات کلاس 800 استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات  8 اینچ کلاس 800 استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات 4 اینچ کلاس 800 استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات کشویی کلاس 800 استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات کلاس 800 استیل- 316</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات کلاس 800 استیل پارکر شهر</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات کلاس 800 استیل تهران </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">شیرالات کلاس 800 استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">عامل فروش شیرالات کلاس 800 استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">نمایندگی فروش شیر فلکه استیل OMB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیر فلکه استیل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">وارد کننده شیرالات کلاس 800 استیل</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 