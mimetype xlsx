--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -271,50 +271,56 @@
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">only text</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">فروش یک دستگاه لاغری کرایو لیپولیز</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
@@ -1684,50 +1690,102 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">فروش دستگاه لاغری نمسیس (Nemesis) مدل ۲۰۱۸</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش دستگاه لاغری 3max</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">فروش یکدستگاه لاغری کویتیشن لیپولکس </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 