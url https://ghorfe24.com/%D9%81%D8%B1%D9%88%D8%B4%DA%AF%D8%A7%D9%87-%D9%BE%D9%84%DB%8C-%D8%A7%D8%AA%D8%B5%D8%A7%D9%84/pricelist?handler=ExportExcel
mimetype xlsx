--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
-    <sheet name="تک پالایش ایران" sheetId="1" r:id="rId3"/>
+    <sheet name="بازرگانی تک غرفه 24" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="50">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات پیچی پلی اتیلن</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
     <t xml:space="preserve">اتصالات فاضلابی پلی اتیلن</t>
   </si>
   <si>