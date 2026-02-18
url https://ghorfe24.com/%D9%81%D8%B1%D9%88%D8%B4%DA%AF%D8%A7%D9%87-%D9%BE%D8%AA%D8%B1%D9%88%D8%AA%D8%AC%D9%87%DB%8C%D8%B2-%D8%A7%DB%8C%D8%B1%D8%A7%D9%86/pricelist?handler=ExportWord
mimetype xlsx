--- v0 (2025-12-25)
+++ v1 (2026-02-18)
@@ -1311,51 +1311,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">ترانسمیتر روزمونت -cd 3051</w:t>
+              <w:t xml:space="preserve">ترانسمیتراختلاف فشار روزمونت CD 3051</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1805,51 +1805,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">نمایندگی فروش گیج اختلاف فشار  ویکاه</w:t>
+              <w:t xml:space="preserve"> گیج اختلاف فشار  ویکاه differentiaI Pressure gauge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1857,51 +1857,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">ابزاردقیق چیست و چه کاربردی در صنعت دارد؟</w:t>
+              <w:t xml:space="preserve">ابزاردقیق (Instrumentation) چیست ؟ و چه کاربردی در صنعت دارد</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 