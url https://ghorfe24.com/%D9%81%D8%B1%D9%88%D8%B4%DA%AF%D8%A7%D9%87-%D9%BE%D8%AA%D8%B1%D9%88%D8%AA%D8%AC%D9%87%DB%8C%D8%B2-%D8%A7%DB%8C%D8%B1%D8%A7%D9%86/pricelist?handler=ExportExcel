--- v0 (2025-12-25)
+++ v1 (2026-02-18)
@@ -144,51 +144,51 @@
   <si>
     <t xml:space="preserve">وارد کننده پوزیشنر ای توپی فیشر</t>
   </si>
   <si>
     <t xml:space="preserve">ای توپی پوزیشنر زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">عامل فروش ای توپی پوزیشنر زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">نماینده فروش ای توپی پوزیشنر زیمنس</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیترفشارروزمنت مدل  3051T                                                                       </t>
   </si>
   <si>
     <t xml:space="preserve">ای توپی پوزیشنرزیمنس-SIEMENS-6DR5220</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتراختلاف فشار YOKOgawa EJX110A</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیترفشارروزمنت3051</t>
   </si>
   <si>
-    <t xml:space="preserve">ترانسمیتر روزمونت -cd 3051</t>
+    <t xml:space="preserve">ترانسمیتراختلاف فشار روزمونت CD 3051</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتردمایوکوگاوا  YTA110</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتر روزمونت 2088-GS</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتر روزمونت 2051-TG</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیترروزمنت-ROSEMOUNT-3051</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتریوکوگاوافشار YOKOGAWA EJA 530 E</t>
   </si>
   <si>
     <t xml:space="preserve">فشارشکن فلنجدار- پرشر ولو(قیمت پرشرولو-فروش پرشرولو)</t>
   </si>
   <si>
     <t xml:space="preserve">ترانسمیتر روزمونت 2051-CD</t>
   </si>
   <si>
     <t xml:space="preserve">شیر فشار شکن دنده ای- پرشر ولو(قیمت شیرفشارشکن-فروش شیرفشار شکن)</t>
   </si>
@@ -201,57 +201,57 @@
   <si>
     <t xml:space="preserve">فروشنده گیج اختلاف فشار  روغنی</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده گیج اختلاف فشار  ویکا در بازار</t>
   </si>
   <si>
     <t xml:space="preserve">گیج اختلاف فشار روغنی ویکا</t>
   </si>
   <si>
     <t xml:space="preserve">گیج اختلاف فشار منیفولد چند راهه</t>
   </si>
   <si>
     <t xml:space="preserve">گیج اختلاف فشار منیفولد روغنی</t>
   </si>
   <si>
     <t xml:space="preserve">گیج اختلاف فشار ویکا 10 سانت 1600 میلی بار</t>
   </si>
   <si>
     <t xml:space="preserve">گیج اختلاف فشار ویکاصفحه 15 سانت 2000میلی بار</t>
   </si>
   <si>
     <t xml:space="preserve">تمپرچریوکوگاوا YOKOGAWA YTA 710</t>
   </si>
   <si>
-    <t xml:space="preserve">نمایندگی فروش گیج اختلاف فشار  ویکاه</t>
+    <t xml:space="preserve"> گیج اختلاف فشار  ویکاه differentiaI Pressure gauge</t>
   </si>
   <si>
     <t xml:space="preserve">پرشرسوئیچ فشار  UE   J120</t>
   </si>
   <si>
-    <t xml:space="preserve">ابزاردقیق چیست و چه کاربردی در صنعت دارد؟</t>
+    <t xml:space="preserve">ابزاردقیق (Instrumentation) چیست ؟ و چه کاربردی در صنعت دارد</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">