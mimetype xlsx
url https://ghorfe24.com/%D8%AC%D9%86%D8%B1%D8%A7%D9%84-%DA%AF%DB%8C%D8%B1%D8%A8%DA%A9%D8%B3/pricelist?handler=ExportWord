--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -56,602 +56,393 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت عمده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">قیمت خرده فروشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">الکتروموتور چینی</w:t>
-[...403 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش الکتروموتور جنرال گروپ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">فروشنده گیربکس خورشیدی</w:t>
-[...76 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">عامل فروش الکتروموتور چینی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">0 تومان</w:t>
-[...25 lines deleted...]
-              <w:t xml:space="preserve">0 تومان</w:t>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">only text</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">فروش الکتروموتور چینی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -669,154 +460,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">الکترو موتور گوانگلو</w:t>
-[...102 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">فروشنده الکتروموتور تک فاز جنرال گیربکس</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -825,310 +512,50 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
-              <w:t xml:space="preserve">الکترو موتور جنرال گروپ تک فاز</w:t>
-[...258 lines deleted...]
-            <w:r>
               <w:t xml:space="preserve">الکتروموتور پوسته آلومینیوم چینی</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
@@ -2438,50 +1865,1116 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">الکتروموتور چینی yl-mc</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 315L1-6 900 دور</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور  355L-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 90L-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 90S-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 100L-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 112M-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 132M1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 132M2-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 132S-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 160L-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 160M-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 180L-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 200L2-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 225M-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 250M-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 280M-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 315M-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 315S-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 355M1-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 900 دور 355M2-6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور 1400 دور - 802-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور - 90L-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور  90s-4 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور - 100L1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور - 112M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور - 132M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور - 160M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور  180L-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور  200L-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 100L2-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 160L-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 180M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 225M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 225S-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 280M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 280S-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 315L1-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 315L2-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 315M-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 315S-4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">0 تومان</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:t xml:space="preserve">الکتروموتور چینی 1400 دور 355M-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:t xml:space="preserve">0 تومان</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>
 