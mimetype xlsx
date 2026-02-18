--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -7,151 +7,82 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <workbookPr autoCompressPictures="1"/>
   <bookViews>
     <workbookView tabRatio="600"/>
   </bookViews>
   <sheets>
     <sheet name="جنرال گروپ (GENERAL GROUP)" sheetId="1" r:id="rId3"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="86">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="303" uniqueCount="104">
   <si>
     <t xml:space="preserve">نام محصول</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت عمده فروشی</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت خرده فروشی</t>
   </si>
   <si>
-    <t xml:space="preserve">الکتروموتور چینی</t>
+    <t xml:space="preserve">عامل فروش الکتروموتور جنرال گروپ</t>
   </si>
   <si>
     <t xml:space="preserve">0 تومان</t>
   </si>
   <si>
-    <t xml:space="preserve">الکتروموتور تک فاز چینی</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">عامل فروش الکتروموتور چینی</t>
   </si>
   <si>
-    <t xml:space="preserve">گیربکس هلیکال آویز</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">فروش الکتروموتور چینی</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده الکتروموتور تک فاز</t>
   </si>
   <si>
-    <t xml:space="preserve">الکترو موتور گوانگلو</t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">فروشنده الکتروموتور تک فاز جنرال گیربکس</t>
   </si>
   <si>
     <t xml:space="preserve">فروشنده الکتروموتور سه فاز</t>
   </si>
   <si>
-    <t xml:space="preserve">الکترو موتور جنرال گروپ تک فاز</t>
-[...25 lines deleted...]
-  <si>
     <t xml:space="preserve">الکتروموتور پوسته آلومینیوم چینی</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور پوسته تک فاز  آلومینیوم</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور پوسته تک فاز آلومینیوم اروپایی</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور پوسته سه فاز  آلومینیوم ایرانی</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور پوسته سه فاز  آلومینیوم</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت  الکتروموتور پوسته تک فاز آلومینیوم</t>
   </si>
   <si>
     <t xml:space="preserve">قیمت  الکتروموتور پوسته سه فاز آلومینیوم</t>
   </si>
   <si>
     <t xml:space="preserve">نمایندگی فروش  الکتروموتور پوسته آلومینیوم</t>
   </si>
   <si>
     <t xml:space="preserve">وارد کننده الکتروموتور پوسته آلومینیوم</t>
@@ -265,50 +196,173 @@
     <t xml:space="preserve">الکتروموتور چینی 3000 دور 315L2-2</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی 3000 دور 315M-2</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی 3000 دور 355L-2</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی 3000 دور 355M-2</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی 3000 دور</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی my</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی yc-mc</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی yd</t>
   </si>
   <si>
     <t xml:space="preserve">الکتروموتور چینی yl-mc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 315L1-6 900 دور</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور  355L-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 90L-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 90S-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 100L-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 112M-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 132M1-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 132M2-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 132S-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 160L-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 160M-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 180L-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 200L2-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 225M-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 250M-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 280M-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 315M-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 315S-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 355M1-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 900 دور 355M2-6</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور 1400 دور - 802-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور - 90L-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور  90s-4 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور - 100L1-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور - 112M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور - 132M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور - 160M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور  180L-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور  200L-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 100L2-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 160L-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 180M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 225M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 225S-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 280M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 280S-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 315L1-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 315L2-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 315M-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 315S-4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">الکتروموتور چینی 1400 دور 355M-4</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -628,661 +682,848 @@
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>29</v>
       </c>
       <c r="B27" t="s">
         <v>4</v>
       </c>
       <c r="C27" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>30</v>
       </c>
       <c r="B28" t="s">
         <v>4</v>
       </c>
       <c r="C28" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B29" t="s">
         <v>4</v>
       </c>
       <c r="C29" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B30" t="s">
         <v>4</v>
       </c>
       <c r="C30" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B31" t="s">
         <v>4</v>
       </c>
       <c r="C31" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B32" t="s">
         <v>4</v>
       </c>
       <c r="C32" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B33" t="s">
         <v>4</v>
       </c>
       <c r="C33" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B34" t="s">
         <v>4</v>
       </c>
       <c r="C34" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B35" t="s">
         <v>4</v>
       </c>
       <c r="C35" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B36" t="s">
         <v>4</v>
       </c>
       <c r="C36" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B37" t="s">
         <v>4</v>
       </c>
       <c r="C37" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B38" t="s">
         <v>4</v>
       </c>
       <c r="C38" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B39" t="s">
         <v>4</v>
       </c>
       <c r="C39" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B40" t="s">
         <v>4</v>
       </c>
       <c r="C40" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B41" t="s">
         <v>4</v>
       </c>
       <c r="C41" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B42" t="s">
         <v>4</v>
       </c>
       <c r="C42" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B43" t="s">
         <v>4</v>
       </c>
       <c r="C43" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B44" t="s">
         <v>4</v>
       </c>
       <c r="C44" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B45" t="s">
         <v>4</v>
       </c>
       <c r="C45" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B46" t="s">
         <v>4</v>
       </c>
       <c r="C46" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B47" t="s">
         <v>4</v>
       </c>
       <c r="C47" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B48" t="s">
         <v>4</v>
       </c>
       <c r="C48" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B49" t="s">
         <v>4</v>
       </c>
       <c r="C49" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B50" t="s">
         <v>4</v>
       </c>
       <c r="C50" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B51" t="s">
         <v>4</v>
       </c>
       <c r="C51" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B52" t="s">
         <v>4</v>
       </c>
       <c r="C52" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B53" t="s">
         <v>4</v>
       </c>
       <c r="C53" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B54" t="s">
         <v>4</v>
       </c>
       <c r="C54" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B55" t="s">
         <v>4</v>
       </c>
       <c r="C55" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B56" t="s">
         <v>4</v>
       </c>
       <c r="C56" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B57" t="s">
         <v>4</v>
       </c>
       <c r="C57" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B58" t="s">
         <v>4</v>
       </c>
       <c r="C58" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B59" t="s">
         <v>4</v>
       </c>
       <c r="C59" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B60" t="s">
         <v>4</v>
       </c>
       <c r="C60" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B61" t="s">
         <v>4</v>
       </c>
       <c r="C61" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B62" t="s">
         <v>4</v>
       </c>
       <c r="C62" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B63" t="s">
         <v>4</v>
       </c>
       <c r="C63" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B64" t="s">
         <v>4</v>
       </c>
       <c r="C64" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B65" t="s">
         <v>4</v>
       </c>
       <c r="C65" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B66" t="s">
         <v>4</v>
       </c>
       <c r="C66" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B67" t="s">
         <v>4</v>
       </c>
       <c r="C67" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B68" t="s">
         <v>4</v>
       </c>
       <c r="C68" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B69" t="s">
         <v>4</v>
       </c>
       <c r="C69" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B70" t="s">
         <v>4</v>
       </c>
       <c r="C70" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B71" t="s">
         <v>4</v>
       </c>
       <c r="C71" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B72" t="s">
         <v>4</v>
       </c>
       <c r="C72" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B73" t="s">
         <v>4</v>
       </c>
       <c r="C73" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B74" t="s">
         <v>4</v>
       </c>
       <c r="C74" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B75" t="s">
         <v>4</v>
       </c>
       <c r="C75" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B76" t="s">
         <v>4</v>
       </c>
       <c r="C76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B77" t="s">
         <v>4</v>
       </c>
       <c r="C77" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B78" t="s">
         <v>4</v>
       </c>
       <c r="C78" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B79" t="s">
         <v>4</v>
       </c>
       <c r="C79" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B80" t="s">
         <v>4</v>
       </c>
       <c r="C80" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B81" t="s">
         <v>4</v>
       </c>
       <c r="C81" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B82" t="s">
         <v>4</v>
       </c>
       <c r="C82" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B83" t="s">
         <v>4</v>
       </c>
       <c r="C83" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B84" t="s">
         <v>4</v>
       </c>
       <c r="C84" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>87</v>
+      </c>
+      <c r="B85" t="s">
+        <v>4</v>
+      </c>
+      <c r="C85" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>88</v>
+      </c>
+      <c r="B86" t="s">
+        <v>4</v>
+      </c>
+      <c r="C86" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>89</v>
+      </c>
+      <c r="B87" t="s">
+        <v>4</v>
+      </c>
+      <c r="C87" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>90</v>
+      </c>
+      <c r="B88" t="s">
+        <v>4</v>
+      </c>
+      <c r="C88" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>91</v>
+      </c>
+      <c r="B89" t="s">
+        <v>4</v>
+      </c>
+      <c r="C89" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>92</v>
+      </c>
+      <c r="B90" t="s">
+        <v>4</v>
+      </c>
+      <c r="C90" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>93</v>
+      </c>
+      <c r="B91" t="s">
+        <v>4</v>
+      </c>
+      <c r="C91" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>94</v>
+      </c>
+      <c r="B92" t="s">
+        <v>4</v>
+      </c>
+      <c r="C92" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>95</v>
+      </c>
+      <c r="B93" t="s">
+        <v>4</v>
+      </c>
+      <c r="C93" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>96</v>
+      </c>
+      <c r="B94" t="s">
+        <v>4</v>
+      </c>
+      <c r="C94" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>97</v>
+      </c>
+      <c r="B95" t="s">
+        <v>4</v>
+      </c>
+      <c r="C95" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>98</v>
+      </c>
+      <c r="B96" t="s">
+        <v>4</v>
+      </c>
+      <c r="C96" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>99</v>
+      </c>
+      <c r="B97" t="s">
+        <v>4</v>
+      </c>
+      <c r="C97" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>100</v>
+      </c>
+      <c r="B98" t="s">
+        <v>4</v>
+      </c>
+      <c r="C98" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>101</v>
+      </c>
+      <c r="B99" t="s">
+        <v>4</v>
+      </c>
+      <c r="C99" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>102</v>
+      </c>
+      <c r="B100" t="s">
+        <v>4</v>
+      </c>
+      <c r="C100" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>103</v>
+      </c>
+      <c r="B101" t="s">
+        <v>4</v>
+      </c>
+      <c r="C101" t="s">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <Application>NPOI</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>NPOI</dc:creator>
 </coreProperties>
 </file>